--- v0 (2025-12-22)
+++ v1 (2026-02-13)
@@ -10,51 +10,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5FF85C98" w14:textId="77777777" w:rsidR="00BE7E84" w:rsidRPr="00760DAB" w:rsidRDefault="00BE7E84" w:rsidP="00DF409E">
       <w:pPr>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00760DAB">
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>國</w:t>
       </w:r>
       <w:r w:rsidRPr="00760DAB">
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
@@ -422,272 +422,231 @@
       <w:pPr>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F87B545" w14:textId="77777777" w:rsidR="00BE7E84" w:rsidRPr="00097A9B" w:rsidRDefault="00BE7E84" w:rsidP="00DF409E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00097A9B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>磊</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>磊晶矽鍺合金</w:t>
+      </w:r>
       <w:r w:rsidRPr="00097A9B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>晶矽鍺合金</w:t>
+        <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00097A9B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00097A9B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00097A9B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00097A9B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00097A9B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="3441D881" w14:textId="77777777" w:rsidR="00BE7E84" w:rsidRPr="00097A9B" w:rsidRDefault="00BE7E84" w:rsidP="00DF409E">
+      <w:pPr>
+        <w:ind w:firstLineChars="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00097A9B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:sym w:font="Symbol" w:char="F04F"/>
-[...11 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Epitaxial SiGe alloy </w:t>
+      </w:r>
       <w:r w:rsidRPr="00097A9B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Epitaxial </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:sym w:font="Symbol" w:char="F04F"/>
+      </w:r>
       <w:r w:rsidRPr="00097A9B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>SiGe</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:sym w:font="Symbol" w:char="F04F"/>
+      </w:r>
       <w:r w:rsidRPr="00097A9B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> alloy </w:t>
+        <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00097A9B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00097A9B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00097A9B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
-      <w:r w:rsidRPr="00097A9B">
-[...25 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="5D1BAECB" w14:textId="5A1179D3" w:rsidR="00BE7E84" w:rsidRDefault="00BE7E84" w:rsidP="00DF409E">
       <w:pPr>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B7B6ED6" w14:textId="77777777" w:rsidR="00A629D0" w:rsidRPr="004E14B7" w:rsidRDefault="00A629D0" w:rsidP="00DF409E">
       <w:pPr>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A0D8B19" w14:textId="77777777" w:rsidR="00BE7E84" w:rsidRPr="00191834" w:rsidRDefault="00BE7E84" w:rsidP="00DF409E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="964"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00191834">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>系所別</w:t>
-[...8 lines deleted...]
-        <w:t>：</w:t>
+        <w:t>系所別：</w:t>
       </w:r>
       <w:r w:rsidRPr="00191834">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00191834">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00191834">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
@@ -824,85 +783,93 @@
       <w:r w:rsidRPr="00191834">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00191834">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00191834">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2054AF81" w14:textId="77777777" w:rsidR="00BE7E84" w:rsidRPr="00191834" w:rsidRDefault="00BE7E84" w:rsidP="00DF409E">
+    <w:p w14:paraId="2054AF81" w14:textId="75159D8D" w:rsidR="00BE7E84" w:rsidRPr="00191834" w:rsidRDefault="00BE7E84" w:rsidP="00DF409E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="964"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00191834">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>研究生</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Author</w:t>
       </w:r>
       <w:r w:rsidRPr="00191834">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>：畢</w:t>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidR="00584BE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>王</w:t>
       </w:r>
       <w:r w:rsidRPr="00191834">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00191834">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00191834">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -941,96 +908,86 @@
       <w:r w:rsidRPr="00191834">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00191834">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00191834">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BDDB39D" w14:textId="77777777" w:rsidR="00BE7E84" w:rsidRDefault="00BE7E84" w:rsidP="00DF409E">
+    <w:p w14:paraId="6BDDB39D" w14:textId="655FA432" w:rsidR="00BE7E84" w:rsidRDefault="00BE7E84" w:rsidP="00DF409E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="964"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00191834">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>指導教授</w:t>
       </w:r>
       <w:r w:rsidRPr="00191834">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Advisor</w:t>
       </w:r>
       <w:r w:rsidRPr="00191834">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>：</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>：巫</w:t>
+      </w:r>
       <w:r w:rsidRPr="00191834">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00191834">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00191834">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -1245,258 +1202,106 @@
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E562E">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Ju</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>ne</w:t>
       </w:r>
       <w:r w:rsidRPr="009E562E">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C488C7F" w14:textId="77777777" w:rsidR="00101884" w:rsidRPr="00101884" w:rsidRDefault="00DF52CD" w:rsidP="003108E7">
+    <w:p w14:paraId="4CA9FA2A" w14:textId="4BC1F72D" w:rsidR="007D38E2" w:rsidRPr="007D38E2" w:rsidRDefault="00DF52CD" w:rsidP="008801F3">
       <w:pPr>
         <w:pStyle w:val="31"/>
-      </w:pPr>
-[...74 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:sectPr w:rsidR="007D38E2" w:rsidRPr="007D38E2" w:rsidSect="00671B22">
           <w:headerReference w:type="even" r:id="rId8"/>
           <w:headerReference w:type="default" r:id="rId9"/>
           <w:footerReference w:type="even" r:id="rId10"/>
           <w:footerReference w:type="default" r:id="rId11"/>
           <w:headerReference w:type="first" r:id="rId12"/>
           <w:footerReference w:type="first" r:id="rId13"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1803" w:bottom="1440" w:left="1803" w:header="851" w:footer="607" w:gutter="0"/>
           <w:pgNumType w:fmt="lowerRoman" w:start="1"/>
           <w:cols w:space="425"/>
           <w:titlePg/>
           <w:docGrid w:type="lines" w:linePitch="360" w:charSpace="608"/>
         </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="00101884">
-[...1 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidR="008801F3" w:rsidRPr="007D38E2">
+        <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>這頁</w:t>
-[...83 lines deleted...]
-      </w:pPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2F5A081B" w14:textId="77777777" w:rsidR="00BE7E84" w:rsidRPr="00BE7E84" w:rsidRDefault="00BE7E84" w:rsidP="00DF409E">
       <w:pPr>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>國</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>立</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
@@ -1843,163 +1648,132 @@
       <w:pPr>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AF49110" w14:textId="77777777" w:rsidR="00BE7E84" w:rsidRPr="00BE7E84" w:rsidRDefault="00BE7E84" w:rsidP="00DF409E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>磊</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>磊晶矽鍺合金</w:t>
+      </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>晶矽鍺合金</w:t>
+        <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="436E01C8" w14:textId="77777777" w:rsidR="00BE7E84" w:rsidRPr="00BE7E84" w:rsidRDefault="00BE7E84" w:rsidP="00DF409E">
+      <w:pPr>
+        <w:ind w:firstLineChars="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:sym w:font="Symbol" w:char="F04F"/>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> alloy </w:t>
+        <w:t xml:space="preserve">Epitaxial SiGe alloy </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -2038,69 +1812,58 @@
       <w:pPr>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C072C08" w14:textId="77777777" w:rsidR="00BE7E84" w:rsidRPr="00BE7E84" w:rsidRDefault="00BE7E84" w:rsidP="00DF409E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="964" w:firstLineChars="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>系所別</w:t>
-[...9 lines deleted...]
-        <w:t>：</w:t>
+        <w:t>系所別：</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
@@ -2260,90 +2023,100 @@
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BB33AC0" w14:textId="77777777" w:rsidR="00BE7E84" w:rsidRPr="00BE7E84" w:rsidRDefault="00BE7E84" w:rsidP="00DF409E">
+    <w:p w14:paraId="0BB33AC0" w14:textId="2ECB70DC" w:rsidR="00BE7E84" w:rsidRPr="00BE7E84" w:rsidRDefault="00BE7E84" w:rsidP="00DF409E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="964" w:firstLineChars="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>研究生</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Author</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>：畢</w:t>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidR="00584BE2">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>王</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
@@ -2413,63 +2186,52 @@
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>指導教授</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Advisor</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>：</w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>：巫</w:t>
+      </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F04F"/>
       </w:r>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
@@ -2679,157 +2441,90 @@
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE7E84">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>June 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BB4DBB7" w14:textId="77777777" w:rsidR="00874E74" w:rsidRPr="00EC670E" w:rsidRDefault="00874E74" w:rsidP="00E91275">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CE26DC3" w14:textId="605F866D" w:rsidR="00E91275" w:rsidRDefault="00E91275" w:rsidP="00E91275">
+    <w:p w14:paraId="52CF745B" w14:textId="77777777" w:rsidR="00101884" w:rsidRDefault="00101884" w:rsidP="00E91275">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00101884">
+    </w:p>
+    <w:p w14:paraId="4C10204C" w14:textId="6B7D8806" w:rsidR="00923C9B" w:rsidRDefault="00923C9B" w:rsidP="00E91275">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Replace this page with a scanned copy of your offici</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00101884" w:rsidRPr="00101884">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EC02D70" w14:textId="30D67FAB" w:rsidR="0001739E" w:rsidRDefault="0001739E" w:rsidP="00E91275">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...77 lines deleted...]
-    <w:p w14:paraId="52CF745B" w14:textId="77777777" w:rsidR="00101884" w:rsidRPr="00101884" w:rsidRDefault="00101884" w:rsidP="00E91275">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CA89ED4" w14:textId="726DCAA3" w:rsidR="000F7411" w:rsidRDefault="000F7411" w:rsidP="00E91275">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="059994E8" w14:textId="62D3B1E7" w:rsidR="007066A0" w:rsidRDefault="00ED6755" w:rsidP="00A57D7D">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
@@ -2853,204 +2548,95 @@
                     <pic:cNvPr id="832777504" name="圖片 1" descr="一張含有 文字, 螢幕擷取畫面, 字型, 數字 的圖片&#10;&#10;AI 產生的內容可能不正確。"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5400040" cy="7495540"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E18486F" w14:textId="6D42A691" w:rsidR="00E91275" w:rsidRDefault="007066A0" w:rsidP="00101884">
-[...116 lines deleted...]
-    <w:p w14:paraId="30FCF087" w14:textId="77777777" w:rsidR="00101884" w:rsidRPr="00101884" w:rsidRDefault="00101884" w:rsidP="00101884">
+    <w:p w14:paraId="30FCF087" w14:textId="0DF93EC3" w:rsidR="00101884" w:rsidRPr="00101884" w:rsidRDefault="007066A0" w:rsidP="00101884">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4252"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00AC4CA4">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3BAA1519" w14:textId="46487939" w:rsidR="00770145" w:rsidRDefault="007066A0" w:rsidP="00770145">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:sectPr w:rsidR="00770145" w:rsidSect="00770145">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1803" w:bottom="1440" w:left="1803" w:header="851" w:footer="737" w:gutter="0"/>
           <w:pgNumType w:fmt="lowerRoman" w:start="1"/>
           <w:cols w:space="425"/>
           <w:docGrid w:type="lines" w:linePitch="360" w:charSpace="608"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="785593E1" wp14:editId="06172577">
             <wp:extent cx="5429288" cy="7242690"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="13" name="圖片 13"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 19"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
@@ -3065,92 +2651,90 @@
                       <a:ext cx="5440856" cy="7258122"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Toc196045215"/>
       <w:bookmarkStart w:id="1" w:name="_Toc196060445"/>
     </w:p>
     <w:p w14:paraId="47604D7C" w14:textId="2381A2A0" w:rsidR="0080058D" w:rsidRPr="00D51F3F" w:rsidRDefault="0080058D" w:rsidP="00671B22">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="425"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc201854505"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc218005144"/>
       <w:r w:rsidRPr="00D51F3F">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>摘要</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="5489736D" w14:textId="7D051F4F" w:rsidR="0045542C" w:rsidRDefault="0080058D" w:rsidP="0045542C">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0045542C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>摘要是整篇論文的濃縮總結，需精簡扼要，涵蓋論文核心內容，邏輯連貫地總結各章節要點，吸引讀者興趣。建議控制在一頁內，約</w:t>
       </w:r>
       <w:r w:rsidR="0045542C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>400</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0045542C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="0045542C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>600</w:t>
       </w:r>
       <w:r w:rsidR="0045542C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>字，避免使用圖表。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="381DED39" w14:textId="76EF0CA8" w:rsidR="0045542C" w:rsidRPr="00831865" w:rsidRDefault="0045542C" w:rsidP="00831865">
       <w:pPr>
         <w:pStyle w:val="ae"/>
       </w:pPr>
       <w:r w:rsidRPr="00831865">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>內容要素</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F226844" w14:textId="77777777" w:rsidR="004E0583" w:rsidRPr="00DF409E" w:rsidRDefault="0045542C" w:rsidP="007C023B">
@@ -3208,65 +2792,51 @@
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:leftChars="232" w:left="850"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF409E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>主要結果：突出核心發現或數據。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="559E08FB" w14:textId="77777777" w:rsidR="004E0583" w:rsidRPr="00DF409E" w:rsidRDefault="0045542C" w:rsidP="007C023B">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:leftChars="232" w:left="850"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF409E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>結果比較與意義：將結果與研究目標及文獻比較，</w:t>
-[...13 lines deleted...]
-        <w:t>顯貢獻。</w:t>
+        <w:t>結果比較與意義：將結果與研究目標及文獻比較，凸顯貢獻。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ACB6698" w14:textId="77777777" w:rsidR="0045542C" w:rsidRDefault="0045542C" w:rsidP="007C023B">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:leftChars="232" w:left="850"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF409E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>未來影響與建議：說明研究對學術或實務的助益，提出未來方向</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19EB5D8B" w14:textId="6D34CAA9" w:rsidR="0045542C" w:rsidRPr="00107F53" w:rsidRDefault="0045542C" w:rsidP="00831865">
@@ -3368,58 +2938,56 @@
         </w:rPr>
         <w:t>或特殊格式），便於圖書館建檔與網路檢索。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C31FF82" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00DF409E" w:rsidRDefault="0045542C" w:rsidP="007C023B">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:leftChars="232" w:left="850"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF409E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>附上</w:t>
       </w:r>
       <w:r w:rsidR="00EA6577" w:rsidRPr="00DF409E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00DF409E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00EA6577" w:rsidRPr="00DF409E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF409E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>個關鍵詞，提升論文檢索率。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="300FBF1F" w14:textId="0314EB5A" w:rsidR="0045542C" w:rsidRDefault="0045542C" w:rsidP="0080058D">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54958355" w14:textId="77777777" w:rsidR="00D51F3F" w:rsidRDefault="00D51F3F" w:rsidP="0080058D">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6723E7B8" w14:textId="46B3FC58" w:rsidR="007D38E2" w:rsidRDefault="0080058D" w:rsidP="0080058D">
       <w:pPr>
@@ -3449,51 +3017,51 @@
         </w:rPr>
         <w:t>、提煉</w:t>
       </w:r>
       <w:r w:rsidR="00EA6577">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>、圖書館建檔</w:t>
       </w:r>
       <w:r w:rsidR="007D38E2">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="677D676A" w14:textId="516D11EA" w:rsidR="0080058D" w:rsidRDefault="0080058D" w:rsidP="00671B22">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="289"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc196045216"/>
       <w:bookmarkStart w:id="4" w:name="_Toc196055232"/>
       <w:bookmarkStart w:id="5" w:name="_Toc196060446"/>
-      <w:bookmarkStart w:id="6" w:name="_Toc201854506"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc218005145"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00DF409E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="00DF409E">
         <w:t>stract</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="50F54B16" w14:textId="1C9F0204" w:rsidR="0045542C" w:rsidRDefault="0080058D" w:rsidP="00ED694B">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
@@ -3617,60 +3185,55 @@
       </w:pPr>
       <w:r w:rsidRPr="0019380F">
         <w:t>Writing Tips</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05B91332" w14:textId="6458613D" w:rsidR="00A32F02" w:rsidRPr="00A32F02" w:rsidRDefault="00D51F3F" w:rsidP="00ED694B">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:leftChars="232" w:left="850"/>
       </w:pPr>
       <w:r w:rsidRPr="00866E94">
         <w:t>Use precise, accessible language to ensure clarity for non-experts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00866E94">
-        <w:t xml:space="preserve">Draft the abstract after completing other sections to ensure it fully reflects the dissertation’s </w:t>
-[...3 lines deleted...]
-        <w:t>content</w:t>
+        <w:t>Draft the abstract after completing other sections to ensure it fully reflects the dissertation’s content</w:t>
       </w:r>
       <w:r w:rsidR="0045542C" w:rsidRPr="00A32F02">
         <w:t>..</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="67C7FFF5" w14:textId="59EEFD57" w:rsidR="004E0583" w:rsidRDefault="0045542C" w:rsidP="00ED694B">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:leftChars="232" w:left="850"/>
       </w:pPr>
       <w:r w:rsidRPr="00A32F02">
         <w:t>Format in plain text (no HTML or special formatting) to comply with library archiving and online search r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF409E">
         <w:t>equirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4079C5C7" w14:textId="4746BF2D" w:rsidR="00ED694B" w:rsidRDefault="00ED694B" w:rsidP="00ED694B">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
@@ -3705,65 +3268,57 @@
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00EA6577">
         <w:t>HTML</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00EA6577">
         <w:t>Library archiving, dissertation, methodology</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FEC2832" w14:textId="77777777" w:rsidR="00637CB7" w:rsidRDefault="00637CB7" w:rsidP="00671B22">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="289"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc196045217"/>
       <w:bookmarkStart w:id="8" w:name="_Toc196055233"/>
       <w:bookmarkStart w:id="9" w:name="_Toc196060447"/>
-      <w:bookmarkStart w:id="10" w:name="_Toc201854507"/>
-      <w:proofErr w:type="gramStart"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc218005146"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>誌</w:t>
-[...6 lines deleted...]
-        <w:t>謝</w:t>
+        <w:t>誌謝</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="61CEDFDA" w14:textId="0FF74CE1" w:rsidR="0045542C" w:rsidRDefault="00637CB7" w:rsidP="00831865">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0045542C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>致謝用於表達對研究與論文完成過程中提供支持者的感謝，展現學術禮儀與個人感恩。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="586E984B" w14:textId="67DB3641" w:rsidR="0045542C" w:rsidRPr="00831865" w:rsidRDefault="0045542C" w:rsidP="00831865">
       <w:pPr>
@@ -3869,65 +3424,51 @@
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r w:rsidRPr="004E0583">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>語氣</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF409E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>真誠且適度個人化，保持簡潔與專業，避免過於冗長或情感化。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CC5B175" w14:textId="77777777" w:rsidR="004E0583" w:rsidRPr="00DF409E" w:rsidRDefault="0045542C" w:rsidP="00831865">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:spacing w:after="0"/>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF409E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>按貢獻重要性排序，</w:t>
-[...13 lines deleted...]
-        <w:t>教授與資助單位，再提及個人支持者。</w:t>
+        <w:t>按貢獻重要性排序，先謝指導教授與資助單位，再提及個人支持者。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5735B436" w14:textId="73B2AAEE" w:rsidR="00637CB7" w:rsidRDefault="0045542C" w:rsidP="00831865">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:spacing w:after="0"/>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF409E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>確保不遺漏重要貢獻者，但無需逐一列出所有相關人士</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2854627A" w14:textId="4186D55A" w:rsidR="001360FE" w:rsidRDefault="001360FE" w:rsidP="00831865">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:spacing w:after="0"/>
@@ -3935,550 +3476,558 @@
       </w:pPr>
       <w:r>
         <w:t>請檢查所屬機構的格式規定，有些機構要求將致謝放在論文末尾或另起一頁。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="424F6C3C" w14:textId="77777777" w:rsidR="00637CB7" w:rsidRDefault="00637CB7" w:rsidP="00637CB7">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BF813DB" w14:textId="77777777" w:rsidR="00637CB7" w:rsidRPr="00C15018" w:rsidRDefault="00637CB7" w:rsidP="00637CB7">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="771EC57F" w14:textId="023C9518" w:rsidR="0080058D" w:rsidRPr="00491C6D" w:rsidRDefault="007977AD" w:rsidP="00671B22">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="289"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc196060448"/>
-      <w:bookmarkStart w:id="12" w:name="_Toc201854508"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc218005147"/>
       <w:r w:rsidRPr="00491C6D">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>目次</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="1213EEB4" w14:textId="4718A1FB" w:rsidR="00E92CA8" w:rsidRDefault="00107F53">
+    <w:p w14:paraId="587B19D6" w14:textId="4821DC6A" w:rsidR="003D7AEA" w:rsidRDefault="00107F53">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8290"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:snapToGrid/>
           <w:kern w:val="2"/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \o "1-2" \u </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E92CA8">
+      <w:r w:rsidR="003D7AEA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>摘要</w:t>
       </w:r>
-      <w:r w:rsidR="00E92CA8">
+      <w:r w:rsidR="003D7AEA">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E92CA8">
+      <w:r w:rsidR="003D7AEA">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00E92CA8">
-[...10 lines deleted...]
-      <w:r w:rsidR="00E92CA8">
+      <w:r w:rsidR="003D7AEA">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005144 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="003D7AEA">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="003D7AEA">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
+      <w:r w:rsidR="009150C4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00E92CA8">
+      <w:r w:rsidR="003D7AEA">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21B91B9A" w14:textId="19ADC273" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
+    <w:p w14:paraId="059B0741" w14:textId="7D07206D" w:rsidR="003D7AEA" w:rsidRDefault="003D7AEA">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8290"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:snapToGrid/>
           <w:kern w:val="2"/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Toc201854506 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005145 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
+      <w:r w:rsidR="009150C4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>ii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55649CDD" w14:textId="18C6B561" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
+    <w:p w14:paraId="2771FA4B" w14:textId="1A8A43BD" w:rsidR="003D7AEA" w:rsidRDefault="003D7AEA">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8290"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:snapToGrid/>
           <w:kern w:val="2"/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>誌謝</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Toc201854507 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005146 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
+      <w:r w:rsidR="009150C4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>iii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FE2B3CA" w14:textId="3368F255" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
+    <w:p w14:paraId="5A9BD321" w14:textId="7AA5CE0F" w:rsidR="003D7AEA" w:rsidRDefault="003D7AEA">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8290"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:snapToGrid/>
           <w:kern w:val="2"/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>目次</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Toc201854508 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005147 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
+      <w:r w:rsidR="009150C4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>iv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0717F646" w14:textId="240498D2" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
+    <w:p w14:paraId="26FF888F" w14:textId="1A515937" w:rsidR="003D7AEA" w:rsidRDefault="003D7AEA">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8290"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:snapToGrid/>
           <w:kern w:val="2"/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>圖次</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Toc201854509 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005148 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
+      <w:r w:rsidR="009150C4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D4F7D26" w14:textId="21534F5D" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
+    <w:p w14:paraId="34269B2F" w14:textId="2C647011" w:rsidR="003D7AEA" w:rsidRDefault="003D7AEA">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8290"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:snapToGrid/>
           <w:kern w:val="2"/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>表次</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Toc201854510 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005149 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
+      <w:r w:rsidR="009150C4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>vi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D80EA9B" w14:textId="04F4370B" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
+    <w:p w14:paraId="481C2D9E" w14:textId="47B1E784" w:rsidR="003D7AEA" w:rsidRDefault="003D7AEA">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8290"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:snapToGrid/>
           <w:kern w:val="2"/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>縮寫及符號對照表</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Toc201854511 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005150 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
+      <w:r w:rsidR="009150C4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>vii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45B500F1" w14:textId="471F7792" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
+    <w:p w14:paraId="7C0EF48A" w14:textId="4A7B2A07" w:rsidR="003D7AEA" w:rsidRDefault="003D7AEA">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8290"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:snapToGrid/>
           <w:kern w:val="2"/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>章</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4488,234 +4037,237 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>緒論</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Toc201854512 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005151 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
+      <w:r w:rsidR="009150C4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BF20613" w14:textId="7CF707E0" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
+    <w:p w14:paraId="64C852C8" w14:textId="3F2FDBB2" w:rsidR="003D7AEA" w:rsidRDefault="003D7AEA">
       <w:pPr>
         <w:pStyle w:val="23"/>
         <w:ind w:left="480"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>1.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>內容要素</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Toc201854513 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005152 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
+      <w:r w:rsidR="009150C4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EDFEFA8" w14:textId="1D767723" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
+    <w:p w14:paraId="741CBE36" w14:textId="2AF85AAD" w:rsidR="003D7AEA" w:rsidRDefault="003D7AEA">
       <w:pPr>
         <w:pStyle w:val="23"/>
         <w:ind w:left="480"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>1.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>撰寫建議</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Toc201854514 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005153 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
+      <w:r w:rsidR="009150C4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FF9B0F6" w14:textId="7C189A52" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
+    <w:p w14:paraId="0DBA0B9E" w14:textId="766B111B" w:rsidR="003D7AEA" w:rsidRDefault="003D7AEA">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8290"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:snapToGrid/>
           <w:kern w:val="2"/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>章</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4725,306 +4277,237 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>材料與方法</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Toc201854515 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005154 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
+      <w:r w:rsidR="009150C4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7906984B" w14:textId="34802255" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
+    <w:p w14:paraId="355C5263" w14:textId="2DE5EB5B" w:rsidR="003D7AEA" w:rsidRDefault="003D7AEA">
       <w:pPr>
         <w:pStyle w:val="23"/>
         <w:ind w:left="480"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>2.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>內容要素</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Toc201854516 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005155 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
+      <w:r w:rsidR="009150C4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D0D67AA" w14:textId="6E8F3E79" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
+    <w:p w14:paraId="31D17D54" w14:textId="7A473142" w:rsidR="003D7AEA" w:rsidRDefault="003D7AEA">
       <w:pPr>
         <w:pStyle w:val="23"/>
         <w:ind w:left="480"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>2.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>撰寫建議</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Toc201854517 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005156 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
+      <w:r w:rsidR="009150C4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="564EA652" w14:textId="616A8F94" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
-[...71 lines deleted...]
-    <w:p w14:paraId="224F6F28" w14:textId="072CCF8E" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
+    <w:p w14:paraId="4CC1BF6E" w14:textId="74A30DAB" w:rsidR="003D7AEA" w:rsidRDefault="003D7AEA">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8290"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:snapToGrid/>
           <w:kern w:val="2"/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>章</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5034,234 +4517,237 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>結果</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Toc201854519 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005157 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="009150C4">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C68236D" w14:textId="2C1AB16C" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
+    <w:p w14:paraId="3FD9B67A" w14:textId="5C292F58" w:rsidR="003D7AEA" w:rsidRDefault="003D7AEA">
       <w:pPr>
         <w:pStyle w:val="23"/>
         <w:ind w:left="480"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>3.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>內容要素</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Toc201854520 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005158 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="009150C4">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2223FAE5" w14:textId="26B99DEA" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
+    <w:p w14:paraId="1E3A4628" w14:textId="261421F8" w:rsidR="003D7AEA" w:rsidRDefault="003D7AEA">
       <w:pPr>
         <w:pStyle w:val="23"/>
         <w:ind w:left="480"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>3.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>撰寫建議</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Toc201854521 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005159 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="009150C4">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="595CE50D" w14:textId="2A501084" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
+    <w:p w14:paraId="3CA22C39" w14:textId="4594B510" w:rsidR="003D7AEA" w:rsidRDefault="003D7AEA">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8290"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:snapToGrid/>
           <w:kern w:val="2"/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> 4 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>章</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5271,234 +4757,237 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>討論</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Toc201854522 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005160 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
-[...3 lines deleted...]
-        <w:t>6</w:t>
+      <w:r w:rsidR="009150C4">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BCC16F6" w14:textId="11537909" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
+    <w:p w14:paraId="34874952" w14:textId="296158DC" w:rsidR="003D7AEA" w:rsidRDefault="003D7AEA">
       <w:pPr>
         <w:pStyle w:val="23"/>
         <w:ind w:left="480"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>4.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>內容要素</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Toc201854523 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005161 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
-[...3 lines deleted...]
-        <w:t>6</w:t>
+      <w:r w:rsidR="009150C4">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F99C325" w14:textId="07A5A5A8" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
+    <w:p w14:paraId="4514949F" w14:textId="47E835CB" w:rsidR="003D7AEA" w:rsidRDefault="003D7AEA">
       <w:pPr>
         <w:pStyle w:val="23"/>
         <w:ind w:left="480"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>4.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>撰寫建議</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Toc201854524 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005162 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
-[...3 lines deleted...]
-        <w:t>6</w:t>
+      <w:r w:rsidR="009150C4">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08E02BE0" w14:textId="7E0AD982" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
+    <w:p w14:paraId="41967CB1" w14:textId="544FC864" w:rsidR="003D7AEA" w:rsidRDefault="003D7AEA">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8290"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:snapToGrid/>
           <w:kern w:val="2"/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> 5 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>章</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5508,777 +4997,667 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>結論</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Toc201854525 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005163 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
-[...3 lines deleted...]
-        <w:t>7</w:t>
+      <w:r w:rsidR="009150C4">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AFFE427" w14:textId="25FCB3B2" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
+    <w:p w14:paraId="453A5F7A" w14:textId="66209639" w:rsidR="003D7AEA" w:rsidRDefault="003D7AEA">
       <w:pPr>
         <w:pStyle w:val="23"/>
         <w:ind w:left="480"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>5.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>內容要素</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Toc201854526 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005164 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
-[...3 lines deleted...]
-        <w:t>7</w:t>
+      <w:r w:rsidR="009150C4">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E07359" w14:textId="43AAF0AC" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
+    <w:p w14:paraId="6B6DA89B" w14:textId="4B45F62A" w:rsidR="003D7AEA" w:rsidRDefault="003D7AEA">
       <w:pPr>
         <w:pStyle w:val="23"/>
         <w:ind w:left="480"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>5.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>撰寫建議</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Toc201854527 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005165 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
-[...3 lines deleted...]
-        <w:t>7</w:t>
+      <w:r w:rsidR="009150C4">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EB60C99" w14:textId="16288A45" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
+    <w:p w14:paraId="68EA219D" w14:textId="11FB342C" w:rsidR="003D7AEA" w:rsidRDefault="003D7AEA">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8290"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:snapToGrid/>
           <w:kern w:val="2"/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>References</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Toc201854528 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005166 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
-[...3 lines deleted...]
-        <w:t>8</w:t>
+      <w:r w:rsidR="009150C4">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="590E3FAB" w14:textId="295EEEE6" w:rsidR="00E92CA8" w:rsidRDefault="00E92CA8">
+    <w:p w14:paraId="79188608" w14:textId="2F9D3FA0" w:rsidR="003D7AEA" w:rsidRDefault="003D7AEA">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8290"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:snapToGrid/>
           <w:kern w:val="2"/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>附錄</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Toc201854529 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc218005167 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C53EC6">
-[...3 lines deleted...]
-        <w:t>9</w:t>
+      <w:r w:rsidR="009150C4">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69307655" w14:textId="561C2DBF" w:rsidR="006F59B0" w:rsidRPr="006F59B0" w:rsidRDefault="00107F53" w:rsidP="006F59B0">
+    <w:p w14:paraId="69307655" w14:textId="3CDAE6BB" w:rsidR="006F59B0" w:rsidRPr="006F59B0" w:rsidRDefault="00107F53" w:rsidP="006F59B0">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="514F44B5" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00491C6D" w:rsidRDefault="00F749F2" w:rsidP="00671B22">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="425"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc201854509"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc218005148"/>
       <w:r w:rsidRPr="00491C6D">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>圖次</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="281AFBD4" w14:textId="05A35F5B" w:rsidR="00027C99" w:rsidRDefault="00D046BA">
+    <w:p w14:paraId="262D8DB1" w14:textId="3C879282" w:rsidR="00F503FF" w:rsidRDefault="00D046BA">
       <w:pPr>
         <w:pStyle w:val="ab"/>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \h \z \c "Fig. " </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc200985714" w:history="1">
-[...7 lines deleted...]
-        <w:r w:rsidR="00027C99" w:rsidRPr="00121AA2">
+      <w:hyperlink w:anchor="_Toc218003787" w:history="1">
+        <w:r w:rsidR="00F503FF" w:rsidRPr="006E257F">
           <w:rPr>
             <w:rStyle w:val="a7"/>
             <w:rFonts w:hint="eastAsia"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>插入圖片的範例</w:t>
+          <w:t>圖</w:t>
         </w:r>
-        <w:r w:rsidR="00027C99">
+        <w:r w:rsidR="00F503FF" w:rsidRPr="006E257F">
+          <w:rPr>
+            <w:rStyle w:val="a7"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 2.1</w:t>
+        </w:r>
+        <w:r w:rsidR="00F503FF" w:rsidRPr="006E257F">
+          <w:rPr>
+            <w:rStyle w:val="a7"/>
+            <w:rFonts w:hint="eastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>研究流程圖</w:t>
+        </w:r>
+        <w:r w:rsidR="00F503FF">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00027C99">
+        <w:r w:rsidR="00F503FF">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00027C99">
+        <w:r w:rsidR="00F503FF">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc200985714 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218003787 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00027C99">
+        <w:r w:rsidR="00F503FF">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00027C99">
+        <w:r w:rsidR="00F503FF">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C53EC6">
+        <w:r w:rsidR="009150C4">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00027C99">
+        <w:r w:rsidR="00F503FF">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2E3BBD5F" w14:textId="46669F62" w:rsidR="00027C99" w:rsidRDefault="005B16D9">
+    <w:p w14:paraId="16DE07E9" w14:textId="3CA18476" w:rsidR="00D046BA" w:rsidRDefault="00D046BA" w:rsidP="00D046BA">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EE22201" w14:textId="77777777" w:rsidR="0080058D" w:rsidRDefault="0080058D" w:rsidP="00F749F2">
+      <w:pPr>
+        <w:ind w:firstLineChars="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="243F5697" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00491C6D" w:rsidRDefault="00F749F2" w:rsidP="00491C6D">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc218005149"/>
+      <w:r w:rsidRPr="00491C6D">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>表次</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w14:paraId="5D5DA6E4" w14:textId="4B467C44" w:rsidR="00F503FF" w:rsidRDefault="00C0049A">
       <w:pPr>
         <w:pStyle w:val="ab"/>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:szCs w:val="22"/>
-[...10 lines deleted...]
-        <w:r w:rsidR="00027C99" w:rsidRPr="00121AA2">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TOC \h \z \c "Table" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:hyperlink w:anchor="_Toc218003793" w:history="1">
+        <w:r w:rsidR="00F503FF" w:rsidRPr="00752D94">
           <w:rPr>
             <w:rStyle w:val="a7"/>
             <w:rFonts w:hint="eastAsia"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>插入圖文框後之螢幕畫面</w:t>
+          <w:t>表</w:t>
         </w:r>
-        <w:r w:rsidR="00027C99">
+        <w:r w:rsidR="00F503FF" w:rsidRPr="00752D94">
+          <w:rPr>
+            <w:rStyle w:val="a7"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.1</w:t>
+        </w:r>
+        <w:r w:rsidR="00F503FF" w:rsidRPr="00752D94">
+          <w:rPr>
+            <w:rStyle w:val="a7"/>
+            <w:rFonts w:hint="eastAsia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>示範表樣</w:t>
+        </w:r>
+        <w:r w:rsidR="00F503FF">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00027C99">
+        <w:r w:rsidR="00F503FF">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00027C99">
+        <w:r w:rsidR="00F503FF">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc200985715 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218003793 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00027C99">
+        <w:r w:rsidR="00F503FF">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00027C99">
+        <w:r w:rsidR="00F503FF">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C53EC6">
+        <w:r w:rsidR="009150C4">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00027C99">
+        <w:r w:rsidR="00F503FF">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="16DE07E9" w14:textId="44DCB8AF" w:rsidR="00D046BA" w:rsidRDefault="00D046BA" w:rsidP="00D046BA">
-[...114 lines deleted...]
-    <w:p w14:paraId="6E8BE56B" w14:textId="0C308275" w:rsidR="008A7449" w:rsidRDefault="00C0049A" w:rsidP="008A7449">
+    <w:p w14:paraId="6E8BE56B" w14:textId="6CD86732" w:rsidR="008A7449" w:rsidRDefault="00C0049A" w:rsidP="008A7449">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="480"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77291E4D" w14:textId="18256B23" w:rsidR="008A7449" w:rsidRDefault="008A7449" w:rsidP="008A7449">
+    <w:p w14:paraId="77291E4D" w14:textId="3997D764" w:rsidR="008A7449" w:rsidRDefault="008A7449" w:rsidP="008A7449">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="560"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A7449">
-[...16 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="19320673" w14:textId="7F7C6322" w:rsidR="0080058D" w:rsidRPr="008A7449" w:rsidRDefault="0080058D" w:rsidP="0080058D">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F2E1B4E" w14:textId="33F2961E" w:rsidR="00E91275" w:rsidRDefault="00E91275">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="16DA5BA7" w14:textId="383CBD4A" w:rsidR="00E91275" w:rsidRPr="00491C6D" w:rsidRDefault="007578E8" w:rsidP="00671B22">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="289"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc201854511"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc218005150"/>
       <w:r w:rsidRPr="00491C6D">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>縮寫及符號對照表</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
-    </w:p>
-[...23 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="31BC78DA" w14:textId="77777777" w:rsidR="008A7449" w:rsidRDefault="008A7449" w:rsidP="00804AA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="729" w:firstLineChars="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BC1709A" w14:textId="77777777" w:rsidR="00E91275" w:rsidRDefault="00E91275" w:rsidP="00804AA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2430"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="729" w:firstLineChars="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>AAA</w:t>
       </w:r>
       <w:r>
         <w:tab/>
@@ -6578,83 +5957,83 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FF7D17E" w14:textId="77777777" w:rsidR="00E91275" w:rsidRPr="0004656A" w:rsidRDefault="00E91275" w:rsidP="00804AA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2430"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="729" w:firstLineChars="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>MLA</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0004656A">
         <w:t>Modern Language Association</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="512C9D26" w14:textId="77777777" w:rsidR="0080058D" w:rsidRDefault="0080058D" w:rsidP="0080058D">
       <w:pPr>
         <w:ind w:firstLine="480"/>
         <w:sectPr w:rsidR="0080058D" w:rsidSect="00770145">
-          <w:footerReference w:type="default" r:id="rId18"/>
+          <w:footerReference w:type="default" r:id="rId16"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1803" w:bottom="1440" w:left="1803" w:header="851" w:footer="737" w:gutter="0"/>
           <w:pgNumType w:fmt="lowerRoman" w:start="1"/>
           <w:cols w:space="425"/>
           <w:docGrid w:type="lines" w:linePitch="360" w:charSpace="608"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3795947F" w14:textId="42F24B00" w:rsidR="0080058D" w:rsidRPr="00671B22" w:rsidRDefault="007578E8" w:rsidP="00671B22">
       <w:pPr>
         <w:pStyle w:val="1"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc196045221"/>
       <w:bookmarkStart w:id="17" w:name="_Toc196055237"/>
       <w:bookmarkStart w:id="18" w:name="_Toc196060451"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="_Toc201854512"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc218005151"/>
       <w:r w:rsidR="002E21FE" w:rsidRPr="00671B22">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>緒論</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="006E8FE0" w14:textId="5C39E50E" w:rsidR="0045542C" w:rsidRDefault="0080058D" w:rsidP="00B67F4F">
+    <w:p w14:paraId="006E8FE0" w14:textId="5E108330" w:rsidR="0045542C" w:rsidRDefault="0080058D" w:rsidP="00B67F4F">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> MACROBUTTON MTEditEquationSection2 </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00EF05E1">
         <w:rPr>
           <w:rStyle w:val="MTEquationSection"/>
         </w:rPr>
         <w:instrText>Equation Chapter 1 Section 1</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ MTEqn \r \h \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
@@ -6678,103 +6057,89 @@
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0045542C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>緒論旨在鋪陳研究背景，定義問題，吸引讀者興趣，並為後續章節奠定基礎。相較於摘要，緒論更詳細，需全面呈現研究脈絡與價值。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C923FA5" w14:textId="77777777" w:rsidR="00EA6577" w:rsidRDefault="00EA6577" w:rsidP="00B67F4F">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01A06A6C" w14:textId="77777777" w:rsidR="00E91275" w:rsidRDefault="00E91275" w:rsidP="007105D3">
       <w:pPr>
         <w:pStyle w:val="21"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc201854513"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc218005152"/>
       <w:r w:rsidRPr="00184AFD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>內容要素</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="021F692C" w14:textId="77777777" w:rsidR="00161442" w:rsidRPr="00804AA1" w:rsidRDefault="0045542C" w:rsidP="00C00F35">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>研究問題本質：清楚闡述問題、背景及其學術或實務重要性。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A127419" w14:textId="77777777" w:rsidR="00161442" w:rsidRPr="00804AA1" w:rsidRDefault="0045542C" w:rsidP="00C00F35">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>文獻回顧：回顧相關研究，評論其進展與局限，</w:t>
-[...13 lines deleted...]
-        <w:t>顯研究缺口。</w:t>
+        <w:t>文獻回顧：回顧相關研究，評論其進展與局限，凸顯研究缺口。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00FCA5C5" w14:textId="77777777" w:rsidR="00161442" w:rsidRPr="00804AA1" w:rsidRDefault="0045542C" w:rsidP="00C00F35">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>研究方法概述：簡述方法、步驟或工具，強調其新穎性或超越文獻之處。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77702C5F" w14:textId="77777777" w:rsidR="00161442" w:rsidRPr="00804AA1" w:rsidRDefault="0045542C" w:rsidP="00C00F35">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
@@ -6820,51 +6185,51 @@
         </w:rPr>
         <w:t>本</w:t>
       </w:r>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>研究的學術貢獻</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>或實務價值。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="697459E3" w14:textId="77777777" w:rsidR="00EA6577" w:rsidRDefault="00EA6577" w:rsidP="004F53A1">
       <w:pPr>
         <w:ind w:left="709" w:firstLineChars="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FA9363A" w14:textId="6792BCCB" w:rsidR="00E91275" w:rsidRDefault="00E91275" w:rsidP="007105D3">
       <w:pPr>
         <w:pStyle w:val="21"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc201854514"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc218005153"/>
       <w:r w:rsidRPr="002E61B8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>撰寫建議</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="099223F8" w14:textId="77777777" w:rsidR="00184AFD" w:rsidRPr="00804AA1" w:rsidRDefault="0045542C" w:rsidP="00C00F35">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>以</w:t>
       </w:r>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
@@ -6920,63 +6285,63 @@
         </w:rPr>
         <w:t>結尾概述論文結構，引導讀者理解全篇架構。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7345ED90" w14:textId="77777777" w:rsidR="00E91275" w:rsidRDefault="00E91275" w:rsidP="0080058D">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1AF05A95" w14:textId="77777777" w:rsidR="00E91275" w:rsidRPr="00E91275" w:rsidRDefault="00E91275" w:rsidP="00DF409E">
       <w:pPr>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68EDC288" w14:textId="272EA164" w:rsidR="0080058D" w:rsidRDefault="007578E8" w:rsidP="00671B22">
       <w:pPr>
         <w:pStyle w:val="1"/>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Toc196045222"/>
       <w:bookmarkStart w:id="23" w:name="_Toc196055238"/>
       <w:bookmarkStart w:id="24" w:name="_Toc196060452"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="_Toc201854515"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc218005154"/>
       <w:r w:rsidR="002E21FE" w:rsidRPr="0045542C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>材料與方法</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
-    <w:p w14:paraId="044CBFE4" w14:textId="730B31FD" w:rsidR="0045542C" w:rsidRDefault="0080058D" w:rsidP="0045542C">
+    <w:p w14:paraId="044CBFE4" w14:textId="5D5BE58C" w:rsidR="0045542C" w:rsidRDefault="0080058D" w:rsidP="0045542C">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> MACROBUTTON MTEditEquationSection2 </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00EF05E1">
         <w:rPr>
           <w:rStyle w:val="MTEquationSection"/>
         </w:rPr>
         <w:instrText>Equation Chapter (Next) Section 1</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ MTEqn \r \h \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
@@ -6984,73 +6349,65 @@
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ MTSec \r 1 \h \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ MTChap \h \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0045542C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>本章需詳述</w:t>
-[...6 lines deleted...]
-        <w:t>研究設計與執行細節，確保他人能驗證或重現，提供研究的可信度與科學基礎。</w:t>
+        <w:t>本章需詳述研究設計與執行細節，確保他人能驗證或重現，提供研究的可信度與科學基礎。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F6A3133" w14:textId="77777777" w:rsidR="0080058D" w:rsidRDefault="0045542C" w:rsidP="007105D3">
       <w:pPr>
         <w:pStyle w:val="21"/>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Toc196045223"/>
       <w:bookmarkStart w:id="27" w:name="_Toc196055239"/>
       <w:bookmarkStart w:id="28" w:name="_Toc196060453"/>
-      <w:bookmarkStart w:id="29" w:name="_Toc201854516"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc218005155"/>
       <w:bookmarkStart w:id="30" w:name="_Hlk199698962"/>
       <w:r w:rsidRPr="00184AFD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>內容要素</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="77EE1ACF" w14:textId="59FC7F3F" w:rsidR="0080058D" w:rsidRDefault="0045542C" w:rsidP="00831865">
       <w:pPr>
         <w:pStyle w:val="ae"/>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="_Toc196045224"/>
       <w:bookmarkStart w:id="32" w:name="_Toc196055240"/>
       <w:bookmarkStart w:id="33" w:name="_Toc196060454"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidRPr="0045542C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>研究構想與原理</w:t>
@@ -7119,2293 +6476,1202 @@
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>數據分析：說明數據處理與分析方法，如統計工具或演算法。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FF4080F" w14:textId="77777777" w:rsidR="008B23F7" w:rsidRDefault="002E61B8" w:rsidP="00C00F35">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>方法合理性與新穎性：解釋方法選擇的理由及其創新之處。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FE60F14" w14:textId="77777777" w:rsidR="002E61B8" w:rsidRDefault="002E61B8" w:rsidP="00C00F35">
+    <w:p w14:paraId="0FE60F14" w14:textId="4D1420FC" w:rsidR="002E61B8" w:rsidRDefault="002E61B8" w:rsidP="00C00F35">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>視覺輔助：使用示意圖、流程圖或表格清晰呈現方法。</w:t>
-[...151 lines deleted...]
-    <w:p w14:paraId="2A2E1EB7" w14:textId="07CF5D96" w:rsidR="00DF409E" w:rsidRDefault="00DF409E" w:rsidP="00DF409E">
+        <w:t>視覺輔助：使用示意圖、流程圖或表格清晰呈現方法</w:t>
+      </w:r>
+      <w:r w:rsidR="00445270">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidR="00E578A2">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如圖</w:t>
+      </w:r>
+      <w:r w:rsidR="00E578A2">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>2.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07DD2DC3" w14:textId="185C5DBF" w:rsidR="0080058D" w:rsidRDefault="00D674CA" w:rsidP="00D674CA">
       <w:pPr>
         <w:ind w:firstLine="480"/>
         <w:jc w:val="center"/>
       </w:pPr>
-    </w:p>
-[...309 lines deleted...]
-      <w:r w:rsidR="00C72031" w:rsidRPr="00C72031">
+      <w:r w:rsidRPr="00D674CA">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="180340" distB="180340" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53BF3A35" wp14:editId="32C28A46">
-[...10 lines deleted...]
-            <wp:docPr id="5" name="圖片 5"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="08E6C18D" wp14:editId="1BB22533">
+            <wp:extent cx="1897380" cy="1682959"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+            <wp:docPr id="548635904" name="圖片 1" descr="一張含有 文字, 圓形, 光碟, 字型 的圖片&#10;&#10;AI 產生的內容可能不正確。"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPr id="548635904" name="圖片 1" descr="一張含有 文字, 圓形, 光碟, 字型 的圖片&#10;&#10;AI 產生的內容可能不正確。"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
-                  <pic:blipFill>
-[...6 lines deleted...]
-                    </a:blip>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId17"/>
+                    <a:srcRect l="9946" t="2093"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4664880" cy="1957680"/>
+                      <a:ext cx="1924796" cy="1707277"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="margin">
-[...5 lines deleted...]
-          </wp:anchor>
+          </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00C72031">
-        <w:t xml:space="preserve">Fig. </w:t>
+    </w:p>
+    <w:p w14:paraId="38E8973C" w14:textId="6E60F45C" w:rsidR="006215AC" w:rsidRDefault="006215AC" w:rsidP="006215AC">
+      <w:pPr>
+        <w:keepNext/>
+        <w:ind w:leftChars="303" w:left="727" w:right="971" w:firstLineChars="0" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="_Toc196045226"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc196055242"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc196060456"/>
+      <w:bookmarkStart w:id="40" w:name="_Hlk199698980"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="_Toc218003787"/>
+      <w:r w:rsidR="00676507">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>圖</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:fldSimple w:instr=" STYLEREF 1 \s ">
-        <w:r w:rsidR="00C53EC6">
+        <w:r w:rsidR="009150C4">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:fldSimple>
-      <w:r w:rsidR="00D11AB8">
+      <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:fldSimple w:instr=" SEQ Fig._ \* ARABIC \s 1 ">
-        <w:r w:rsidR="00C53EC6">
+        <w:r w:rsidR="009150C4">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:fldSimple>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>研究流程圖</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
+    </w:p>
+    <w:p w14:paraId="4DFE9CAE" w14:textId="77777777" w:rsidR="006215AC" w:rsidRDefault="006215AC" w:rsidP="007105D3">
+      <w:pPr>
+        <w:pStyle w:val="21"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="_Toc218005156"/>
+      <w:r w:rsidRPr="002E61B8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>撰寫建議</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="42"/>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p w14:paraId="3D84B75B" w14:textId="77777777" w:rsidR="00184AFD" w:rsidRDefault="002E61B8" w:rsidP="00C00F35">
+      <w:pPr>
+        <w:pStyle w:val="a1"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:leftChars="114" w:left="567"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>內容具體</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00804AA1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>且可重現，避免模糊描述。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79016FE5" w14:textId="652CF71B" w:rsidR="00DF13DB" w:rsidRPr="00804AA1" w:rsidRDefault="00DF13DB" w:rsidP="00C00F35">
+      <w:pPr>
+        <w:pStyle w:val="a1"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:leftChars="114" w:left="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00804AA1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>針對複雜方法，可分小節撰寫，確保邏輯清晰</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3209954C" w14:textId="4A000A09" w:rsidR="00184AFD" w:rsidRPr="00804AA1" w:rsidRDefault="002E61B8" w:rsidP="004122BD">
+      <w:pPr>
+        <w:pStyle w:val="a1"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:leftChars="114" w:left="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00804AA1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>若方法改進自文獻，需明確說明改進點並引用來源。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71F58C47" w14:textId="58BA8085" w:rsidR="008C4475" w:rsidRDefault="002E61B8" w:rsidP="004122BD">
+      <w:pPr>
+        <w:pStyle w:val="a1"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:leftChars="114" w:left="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00804AA1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>對於理論或質性研究，可詳細描述理論框</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>架、資料來源或分析流程。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="766BFCFA" w14:textId="5F85B2F1" w:rsidR="0080058D" w:rsidRDefault="007578E8" w:rsidP="00671B22">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="_Toc196045230"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc196055246"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc196060460"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="46" w:name="_Toc218005157"/>
+      <w:r w:rsidR="002E61B8" w:rsidRPr="002E61B8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>結果</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
+    </w:p>
+    <w:p w14:paraId="30E4DA4F" w14:textId="22AEAD59" w:rsidR="00EA6577" w:rsidRDefault="00DA7726" w:rsidP="004F53A1">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> MACROBUTTON MTEditEquationSection2 </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00DA7726">
+        <w:rPr>
+          <w:rStyle w:val="MTEquationSection"/>
+        </w:rPr>
+        <w:instrText>Equation Chapter (Next) Section 1</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SEQ MTEqn \r \h \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SEQ MTSec \r 1 \h \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SEQ MTChap \h \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="0080058D">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002E61B8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>本章專注呈現研究數據與分析成果，透過圖表輔助說明，作為論文的實證基礎。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5697D413" w14:textId="07E0498F" w:rsidR="0080058D" w:rsidRPr="00184AFD" w:rsidRDefault="002E61B8" w:rsidP="007105D3">
+      <w:pPr>
+        <w:pStyle w:val="21"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="_Toc196045231"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc196055247"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc196060461"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc218005158"/>
+      <w:r w:rsidRPr="00184AFD">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>內容要素</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
-      <w:r w:rsidR="00C72031" w:rsidRPr="00D046BA">
-[...4 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="50"/>
     </w:p>
-    <w:p w14:paraId="317D7881" w14:textId="20B069A7" w:rsidR="00C72031" w:rsidRDefault="00C72031" w:rsidP="00C72031">
-[...88 lines deleted...]
-        <w:ind w:firstLine="480"/>
+    <w:p w14:paraId="19AFD2C4" w14:textId="77777777" w:rsidR="00184AFD" w:rsidRDefault="002E61B8" w:rsidP="00C00F35">
+      <w:pPr>
+        <w:pStyle w:val="a1"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:leftChars="114" w:left="567"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>數據呈現：按邏輯順序展示重要數據，輔以圖表（如曲線圖、柱狀圖）。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09357855" w14:textId="77777777" w:rsidR="00184AFD" w:rsidRDefault="002E61B8" w:rsidP="00C00F35">
+      <w:pPr>
+        <w:pStyle w:val="a1"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:leftChars="114" w:left="567"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>圖表說明：每張圖表需有清晰標題與說明，確保獨立可讀。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63560129" w14:textId="77777777" w:rsidR="00184AFD" w:rsidRDefault="002E61B8" w:rsidP="00C00F35">
+      <w:pPr>
+        <w:pStyle w:val="a1"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:leftChars="114" w:left="567"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>成果介紹：依圖表順序逐一描述數據，突出與研究目標相關的發現。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75776925" w14:textId="5915F731" w:rsidR="0080058D" w:rsidRDefault="003177A9" w:rsidP="00C00F35">
+      <w:pPr>
+        <w:pStyle w:val="a1"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="180340" distB="180340" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C4FE196" wp14:editId="7E492B55">
+              <wp:anchor distT="180340" distB="180340" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A940154" wp14:editId="19F1AA42">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="leftMargin">
-                  <wp:posOffset>1852930</wp:posOffset>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>center</wp:align>
                 </wp:positionH>
-                <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>409575</wp:posOffset>
+                <wp:positionV relativeFrom="margin">
+                  <wp:align>center</wp:align>
                 </wp:positionV>
-                <wp:extent cx="4010040" cy="3718080"/>
-                <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+                <wp:extent cx="2272030" cy="1397000"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="217" name="文字方塊 2"/>
+                <wp:docPr id="11" name="文字方塊 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="4010040" cy="3718080"/>
+                          <a:ext cx="2272030" cy="1397000"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="336B84CB" w14:textId="77777777" w:rsidR="00D11AB8" w:rsidRDefault="00EB0F1D" w:rsidP="00831865">
+                          <w:p w14:paraId="3B960CC6" w14:textId="57923DBD" w:rsidR="003177A9" w:rsidRDefault="00F503FF" w:rsidP="00034167">
                             <w:pPr>
-                              <w:pStyle w:val="ae"/>
+                              <w:ind w:firstLineChars="0" w:firstLine="0"/>
                             </w:pPr>
-                            <w:r>
-[...84 lines deleted...]
-                            </w:pPr>
+                            <w:bookmarkStart w:id="51" w:name="_Ref199845807"/>
+                            <w:bookmarkStart w:id="52" w:name="_Toc218003793"/>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                               </w:rPr>
-                              <w:t>**</w:t>
+                              <w:t>表</w:t>
+                            </w:r>
+                            <w:r w:rsidR="003177A9">
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia"/>
+                              </w:rPr>
+                              <w:t>3</w:t>
+                            </w:r>
+                            <w:r w:rsidR="003177A9">
+                              <w:t>.</w:t>
+                            </w:r>
+                            <w:fldSimple w:instr=" SEQ Table \* ARABIC \s 1 ">
+                              <w:r w:rsidR="009150C4">
+                                <w:rPr>
+                                  <w:noProof/>
+                                </w:rPr>
+                                <w:t>1</w:t>
+                              </w:r>
+                            </w:fldSimple>
+                            <w:bookmarkEnd w:id="51"/>
+                            <w:r w:rsidR="003177A9">
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia"/>
+                              </w:rPr>
+                              <w:t>示</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00034167">
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia"/>
+                              </w:rPr>
+                              <w:t>範</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00317865">
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia"/>
+                              </w:rPr>
+                              <w:t>表</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                               </w:rPr>
-                              <w:t>注意</w:t>
+                              <w:t>樣</w:t>
                             </w:r>
-                            <w:r>
-[...25 lines deleted...]
-                            </w:r>
+                            <w:bookmarkEnd w:id="52"/>
                           </w:p>
-                          <w:p w14:paraId="2355D617" w14:textId="77777777" w:rsidR="00EB0F1D" w:rsidRDefault="00EB0F1D" w:rsidP="002B7FE8">
+                          <w:tbl>
+                            <w:tblPr>
+                              <w:tblStyle w:val="affd"/>
+                              <w:tblW w:w="0" w:type="auto"/>
+                              <w:jc w:val="center"/>
+                              <w:tblBorders>
+                                <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                              </w:tblBorders>
+                              <w:tblCellMar>
+                                <w:top w:w="113" w:type="dxa"/>
+                              </w:tblCellMar>
+                              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                            </w:tblPr>
+                            <w:tblGrid>
+                              <w:gridCol w:w="1094"/>
+                              <w:gridCol w:w="1093"/>
+                              <w:gridCol w:w="1094"/>
+                            </w:tblGrid>
+                            <w:tr w:rsidR="003177A9" w14:paraId="40ACEB04" w14:textId="77777777" w:rsidTr="009729CC">
+                              <w:trPr>
+                                <w:trHeight w:val="454"/>
+                                <w:jc w:val="center"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1095" w:type="dxa"/>
+                                  <w:vAlign w:val="center"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="4B2EA973" w14:textId="77777777" w:rsidR="003177A9" w:rsidRDefault="003177A9" w:rsidP="003177A9">
+                                  <w:pPr>
+                                    <w:ind w:firstLineChars="0" w:firstLine="0"/>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:rFonts w:hint="eastAsia"/>
+                                    </w:rPr>
+                                    <w:t>X</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1094" w:type="dxa"/>
+                                  <w:vAlign w:val="center"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="58276B7B" w14:textId="77777777" w:rsidR="003177A9" w:rsidRDefault="003177A9" w:rsidP="003177A9">
+                                  <w:pPr>
+                                    <w:ind w:firstLineChars="0" w:firstLine="0"/>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:rFonts w:hint="eastAsia"/>
+                                    </w:rPr>
+                                    <w:t>Y</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1095" w:type="dxa"/>
+                                  <w:vAlign w:val="center"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="7B532B31" w14:textId="77777777" w:rsidR="003177A9" w:rsidRDefault="003177A9" w:rsidP="003177A9">
+                                  <w:pPr>
+                                    <w:ind w:firstLineChars="0" w:firstLine="0"/>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:rFonts w:hint="eastAsia"/>
+                                    </w:rPr>
+                                    <w:t>Z</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="003177A9" w14:paraId="5C5112AD" w14:textId="77777777" w:rsidTr="009729CC">
+                              <w:trPr>
+                                <w:trHeight w:val="454"/>
+                                <w:jc w:val="center"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1095" w:type="dxa"/>
+                                  <w:vAlign w:val="center"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="44C0C7CD" w14:textId="77777777" w:rsidR="003177A9" w:rsidRDefault="003177A9" w:rsidP="003177A9">
+                                  <w:pPr>
+                                    <w:ind w:firstLineChars="0" w:firstLine="0"/>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:rFonts w:hint="eastAsia"/>
+                                    </w:rPr>
+                                    <w:t>2</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1094" w:type="dxa"/>
+                                  <w:vAlign w:val="center"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="32BDEB06" w14:textId="77777777" w:rsidR="003177A9" w:rsidRDefault="003177A9" w:rsidP="003177A9">
+                                  <w:pPr>
+                                    <w:ind w:firstLineChars="0" w:firstLine="0"/>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:rFonts w:hint="eastAsia"/>
+                                    </w:rPr>
+                                    <w:t>4</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1095" w:type="dxa"/>
+                                  <w:vAlign w:val="center"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="3AEE2011" w14:textId="77777777" w:rsidR="003177A9" w:rsidRDefault="003177A9" w:rsidP="003177A9">
+                                  <w:pPr>
+                                    <w:ind w:firstLineChars="0" w:firstLine="0"/>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:rFonts w:hint="eastAsia"/>
+                                    </w:rPr>
+                                    <w:t>6</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                          </w:tbl>
+                          <w:p w14:paraId="2D466345" w14:textId="77777777" w:rsidR="003177A9" w:rsidRDefault="003177A9" w:rsidP="003177A9">
                             <w:pPr>
-                              <w:ind w:firstLine="480"/>
+                              <w:ind w:left="486" w:firstLine="480"/>
                               <w:jc w:val="center"/>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="2F02FE22" w14:textId="77777777" w:rsidR="00EB0F1D" w:rsidRDefault="00EB0F1D" w:rsidP="002B7FE8">
+                          <w:p w14:paraId="005B218A" w14:textId="77777777" w:rsidR="003177A9" w:rsidRDefault="003177A9" w:rsidP="003177A9">
                             <w:pPr>
                               <w:ind w:firstLine="480"/>
                               <w:jc w:val="center"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="5C4FE196" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="1A940154" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="文字方塊 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:145.9pt;margin-top:32.25pt;width:315.75pt;height:292.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:14.2pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:14.2pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:left-margin-area;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDcO6cfNwIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU12O0zAQfkfiDpbfaZLS0m7UdLV0KUJa&#10;fqSFAziO01jYnmC7TcoFkDjA8swBOAAH2j0HY6fbrZY3hB8sj2f8eeabbxbnvVZkJ6yTYAqajVJK&#10;hOFQSbMp6KeP62dzSpxnpmIKjCjoXjh6vnz6ZNG1uRhDA6oSliCIcXnXFrTxvs2TxPFGaOZG0AqD&#10;zhqsZh5Nu0kqyzpE1yoZp+mLpANbtRa4cA5vLwcnXUb8uhbcv69rJzxRBcXcfNxt3MuwJ8sFyzeW&#10;tY3khzTYP2ShmTT46RHqknlGtlb+BaUlt+Cg9iMOOoG6llzEGrCaLH1UzXXDWhFrQXJce6TJ/T9Y&#10;/m73wRJZFXSczSgxTGOT7m6+3f76cXfz+/bndzIOHHWtyzH0usVg37+EHnsd63XtFfDPjhhYNcxs&#10;xIW10DWCVZhjFl4mJ08HHBdAyu4tVPgV23qIQH1tdSAQKSGIjr3aH/sjek84Xk6QonSCLo6+57Ns&#10;ns5jBxOW3z9vrfOvBWgSDgW1KIAIz3ZXzod0WH4fEn5zoGS1lkpFw27KlbJkx1As67hiBY/ClCFd&#10;Qc+m42lENhDeRx1p6VHMSuqCztOwBnkFOl6ZKoZ4JtVwxkyUOfATKBnI8X3ZY2AgrYRqj0xZGESL&#10;Q4aHBuxXSjoUbEHdly2zghL1xiDbZ9kkUOOjMZnOxmjYU0956mGGI1RBPSXDceXjVAQeDFxgV2oZ&#10;+XrI5JArCjHSeBiaoPRTO0Y9jPbyDwAAAP//AwBQSwMEFAAGAAgAAAAhAN7HtYHfAAAACgEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQdZo2aZPGqQAJxLWlH7CJt0lEvI5it0n/&#10;HnOC486OZt4U+9n04kqj6ywrWC4iEMS11R03Ck5f789bEM4ja+wtk4IbOdiX93cF5tpOfKDr0Tci&#10;hLDLUUHr/ZBL6eqWDLqFHYjD72xHgz6cYyP1iFMIN72MoyiVBjsODS0O9NZS/X28GAXnz+kpyabq&#10;w582h3X6it2msjelHh/mlx0IT7P/M8MvfkCHMjBV9sLaiV5BnC0DuleQrhMQwZDFqxWIKghJFIEs&#10;C/l/QvkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA3DunHzcCAAAiBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA3se1gd8AAAAKAQAADwAAAAAA&#10;AAAAAAAAAACRBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" stroked="f">
+              <v:shape id="文字方塊 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:178.9pt;height:110pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:14.2pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:14.2pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLCnGoEwIAAP4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Idu4kFy0Hq1EWB&#10;9AGk/YAVRVlEKS5L0pbcr8+SchwjvRXVgVhql8PZ2eHqdug0O0jnFZqSTyc5Z9IIrJXZlfznj+27&#10;G858AFODRiNLfpSe367fvln1tpAzbFHX0jECMb7obcnbEGyRZV60sgM/QSsNJRt0HQTaul1WO+gJ&#10;vdPZLM/fZz262joU0nv6ez8m+TrhN40U4VvTeBmYLjlxC2l1aa3imq1XUOwc2FaJEw34BxYdKEOX&#10;nqHuIQDbO/UXVKeEQ49NmAjsMmwaJWTqgbqZ5q+6eWzBytQLiePtWSb//2DF18Oj/e5YGD7gQANM&#10;TXj7gOKXZwY3LZidvHMO+1ZCTRdPo2RZb31xOhql9oWPIFX/BWsaMuwDJqChcV1UhfpkhE4DOJ5F&#10;l0Nggn7OZtez/IpSgnLTq+V1nqexZFA8H7fOh08SOxaDkjuaaoKHw4MPkQ4UzyXxNo9a1Vulddq4&#10;XbXRjh2AHLBNX+rgVZk2rC/5cjFbJGSD8XwyR6cCOVSrruQ3RG0kB0WU46OpU0kApceYmGhz0idK&#10;MooThmpgqqZe49VRrgrrIwnmcDQkPSAKWnR/OOvJjCX3v/fgJGf6syHRl9P5PLo3beYLEowzd5mp&#10;LjNgBEGVPHA2hpuQHB/lMHhHw2lUku2FyYkymSypeXoQ0cWX+1T18mzXTwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAP3hru3aAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQdSi0&#10;oWmcCpBAXFv6AZt4m0TE6yh2m/TvWbjQy0qrGc28yTeT69SJhtB6NvAwS0ARV962XBvYf73fP4MK&#10;Edli55kMnCnApri+yjGzfuQtnXaxVhLCIUMDTYx9pnWoGnIYZr4nFu3gB4dR3qHWdsBRwl2n50my&#10;1A5bloYGe3prqPreHZ2Bw+d4t1iN5Ufcp9un5Su2aenPxtzeTC9rUJGm+G+GX3xBh0KYSn9kG1Rn&#10;QIbEvyva4yKVGaWBuXSCLnJ9SV/8AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMsKcagT&#10;AgAA/gMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP3h&#10;ru3aAAAABQEAAA8AAAAAAAAAAAAAAAAAbQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="336B84CB" w14:textId="77777777" w:rsidR="00D11AB8" w:rsidRDefault="00EB0F1D" w:rsidP="00831865">
+                    <w:p w14:paraId="3B960CC6" w14:textId="57923DBD" w:rsidR="003177A9" w:rsidRDefault="00F503FF" w:rsidP="00034167">
                       <w:pPr>
-                        <w:pStyle w:val="ae"/>
+                        <w:ind w:firstLineChars="0" w:firstLine="0"/>
                       </w:pPr>
-                      <w:r>
-[...84 lines deleted...]
-                      </w:pPr>
+                      <w:bookmarkStart w:id="53" w:name="_Ref199845807"/>
+                      <w:bookmarkStart w:id="54" w:name="_Toc218003793"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia"/>
                         </w:rPr>
-                        <w:t>**</w:t>
+                        <w:t>表</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidR="003177A9">
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia"/>
                         </w:rPr>
-                        <w:t>注意</w:t>
+                        <w:t>3</w:t>
                       </w:r>
-                      <w:r>
-[...488 lines deleted...]
-                      <w:r>
+                      <w:r w:rsidR="003177A9">
                         <w:t>.</w:t>
                       </w:r>
                       <w:fldSimple w:instr=" SEQ Table \* ARABIC \s 1 ">
-                        <w:r w:rsidR="00C53EC6">
+                        <w:r w:rsidR="009150C4">
                           <w:rPr>
                             <w:noProof/>
                           </w:rPr>
                           <w:t>1</w:t>
                         </w:r>
                       </w:fldSimple>
-                      <w:bookmarkEnd w:id="61"/>
+                      <w:bookmarkEnd w:id="53"/>
+                      <w:r w:rsidR="003177A9">
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia"/>
+                        </w:rPr>
+                        <w:t>示</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00034167">
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia"/>
+                        </w:rPr>
+                        <w:t>範</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00317865">
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia"/>
+                        </w:rPr>
+                        <w:t>表</w:t>
+                      </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia"/>
                         </w:rPr>
-                        <w:t>插入表格示意圖</w:t>
+                        <w:t>樣</w:t>
                       </w:r>
-                      <w:bookmarkEnd w:id="62"/>
-[...15 lines deleted...]
-                      </w:r>
+                      <w:bookmarkEnd w:id="54"/>
                     </w:p>
                     <w:tbl>
                       <w:tblPr>
                         <w:tblStyle w:val="affd"/>
                         <w:tblW w:w="0" w:type="auto"/>
                         <w:jc w:val="center"/>
                         <w:tblBorders>
                           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                         </w:tblBorders>
                         <w:tblCellMar>
                           <w:top w:w="113" w:type="dxa"/>
                         </w:tblCellMar>
                         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
                       </w:tblPr>
                       <w:tblGrid>
-                        <w:gridCol w:w="1095"/>
                         <w:gridCol w:w="1094"/>
-                        <w:gridCol w:w="1095"/>
+                        <w:gridCol w:w="1093"/>
+                        <w:gridCol w:w="1094"/>
                       </w:tblGrid>
-                      <w:tr w:rsidR="00EB0F1D" w14:paraId="7754CE42" w14:textId="77777777" w:rsidTr="009729CC">
+                      <w:tr w:rsidR="003177A9" w14:paraId="40ACEB04" w14:textId="77777777" w:rsidTr="009729CC">
                         <w:trPr>
                           <w:trHeight w:val="454"/>
                           <w:jc w:val="center"/>
                         </w:trPr>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="1095" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="4D6B0DEE" w14:textId="77777777" w:rsidR="00EB0F1D" w:rsidRDefault="00EB0F1D" w:rsidP="00B65D1A">
+                          <w:p w14:paraId="4B2EA973" w14:textId="77777777" w:rsidR="003177A9" w:rsidRDefault="003177A9" w:rsidP="003177A9">
                             <w:pPr>
                               <w:ind w:firstLineChars="0" w:firstLine="0"/>
                               <w:jc w:val="center"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                               </w:rPr>
                               <w:t>X</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="1094" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="1F024D1D" w14:textId="77777777" w:rsidR="00EB0F1D" w:rsidRDefault="00EB0F1D" w:rsidP="00B65D1A">
+                          <w:p w14:paraId="58276B7B" w14:textId="77777777" w:rsidR="003177A9" w:rsidRDefault="003177A9" w:rsidP="003177A9">
                             <w:pPr>
                               <w:ind w:firstLineChars="0" w:firstLine="0"/>
                               <w:jc w:val="center"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                               </w:rPr>
                               <w:t>Y</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="1095" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="3655095C" w14:textId="77777777" w:rsidR="00EB0F1D" w:rsidRDefault="00EB0F1D" w:rsidP="00B65D1A">
+                          <w:p w14:paraId="7B532B31" w14:textId="77777777" w:rsidR="003177A9" w:rsidRDefault="003177A9" w:rsidP="003177A9">
                             <w:pPr>
                               <w:ind w:firstLineChars="0" w:firstLine="0"/>
                               <w:jc w:val="center"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                               </w:rPr>
                               <w:t>Z</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                       </w:tr>
-                      <w:tr w:rsidR="00EB0F1D" w14:paraId="1A3B5F40" w14:textId="77777777" w:rsidTr="009729CC">
+                      <w:tr w:rsidR="003177A9" w14:paraId="5C5112AD" w14:textId="77777777" w:rsidTr="009729CC">
                         <w:trPr>
                           <w:trHeight w:val="454"/>
                           <w:jc w:val="center"/>
                         </w:trPr>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="1095" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="0B79B0E4" w14:textId="77777777" w:rsidR="00EB0F1D" w:rsidRDefault="00EB0F1D" w:rsidP="00B65D1A">
+                          <w:p w14:paraId="44C0C7CD" w14:textId="77777777" w:rsidR="003177A9" w:rsidRDefault="003177A9" w:rsidP="003177A9">
                             <w:pPr>
                               <w:ind w:firstLineChars="0" w:firstLine="0"/>
                               <w:jc w:val="center"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="1094" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="5683D87E" w14:textId="77777777" w:rsidR="00EB0F1D" w:rsidRDefault="00EB0F1D" w:rsidP="00B65D1A">
+                          <w:p w14:paraId="32BDEB06" w14:textId="77777777" w:rsidR="003177A9" w:rsidRDefault="003177A9" w:rsidP="003177A9">
                             <w:pPr>
                               <w:ind w:firstLineChars="0" w:firstLine="0"/>
                               <w:jc w:val="center"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                               </w:rPr>
                               <w:t>4</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="1095" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="1B15466C" w14:textId="77777777" w:rsidR="00EB0F1D" w:rsidRDefault="00EB0F1D" w:rsidP="00B65D1A">
+                          <w:p w14:paraId="3AEE2011" w14:textId="77777777" w:rsidR="003177A9" w:rsidRDefault="003177A9" w:rsidP="003177A9">
                             <w:pPr>
                               <w:ind w:firstLineChars="0" w:firstLine="0"/>
                               <w:jc w:val="center"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                               </w:rPr>
                               <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                       </w:tr>
                     </w:tbl>
-                    <w:p w14:paraId="72C1CEB2" w14:textId="77777777" w:rsidR="00EB0F1D" w:rsidRDefault="00EB0F1D" w:rsidP="00105636">
+                    <w:p w14:paraId="2D466345" w14:textId="77777777" w:rsidR="003177A9" w:rsidRDefault="003177A9" w:rsidP="003177A9">
                       <w:pPr>
                         <w:ind w:left="486" w:firstLine="480"/>
+                        <w:jc w:val="center"/>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="1C3BC3B5" w14:textId="77777777" w:rsidR="002B7FE8" w:rsidRDefault="002B7FE8">
+                    <w:p w14:paraId="005B218A" w14:textId="77777777" w:rsidR="003177A9" w:rsidRDefault="003177A9" w:rsidP="003177A9">
                       <w:pPr>
                         <w:ind w:firstLine="480"/>
+                        <w:jc w:val="center"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
-                <w10:wrap type="topAndBottom" anchory="page"/>
+                <w10:wrap type="topAndBottom" anchorx="margin" anchory="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00EB0F1D">
-[...141 lines deleted...]
-    <w:p w14:paraId="766BFCFA" w14:textId="5F85B2F1" w:rsidR="0080058D" w:rsidRDefault="007578E8" w:rsidP="00671B22">
+      <w:r w:rsidR="002E61B8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>重大成就：強調研究的關鍵成果及其對研究問題的回應</w:t>
+      </w:r>
+      <w:r w:rsidR="00E578A2">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>，如表</w:t>
+      </w:r>
+      <w:r w:rsidR="00E578A2">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00E578A2">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="002E61B8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="010995D3" w14:textId="688719FD" w:rsidR="00FD504F" w:rsidRDefault="00FD504F" w:rsidP="0080058D">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E86D6B8" w14:textId="2499EA83" w:rsidR="0021681F" w:rsidRDefault="002E61B8" w:rsidP="007105D3">
+      <w:pPr>
+        <w:pStyle w:val="21"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="_Toc196045232"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc196055248"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc196060462"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc218005159"/>
+      <w:r w:rsidRPr="002E61B8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>撰寫建議</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="58"/>
+    </w:p>
+    <w:p w14:paraId="15E839E5" w14:textId="77777777" w:rsidR="0021681F" w:rsidRDefault="002E61B8" w:rsidP="00C00F35">
+      <w:pPr>
+        <w:pStyle w:val="a1"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:leftChars="114" w:left="567"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="_Toc196045233"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc196055249"/>
+      <w:r w:rsidRPr="002E61B8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>僅呈現數據，避免過多解釋或推論（留待討論章節）。</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="60"/>
+    </w:p>
+    <w:p w14:paraId="0901D325" w14:textId="77777777" w:rsidR="00FA0438" w:rsidRDefault="002E61B8" w:rsidP="00C00F35">
+      <w:pPr>
+        <w:pStyle w:val="a1"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:leftChars="114" w:left="567"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="_Toc196045234"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc196055250"/>
+      <w:r w:rsidRPr="002E61B8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>圖表設計規範（清晰標籤、適當比例），與正文一致。</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="62"/>
+    </w:p>
+    <w:p w14:paraId="260DFAD3" w14:textId="77777777" w:rsidR="00FA0438" w:rsidRDefault="002E61B8" w:rsidP="00C00F35">
+      <w:pPr>
+        <w:pStyle w:val="a1"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:leftChars="114" w:left="567"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>按研究目標或假設順序組織數據，增強邏輯性。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="015C35F7" w14:textId="77777777" w:rsidR="002E61B8" w:rsidRDefault="002E61B8" w:rsidP="00C00F35">
+      <w:pPr>
+        <w:pStyle w:val="a1"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:leftChars="114" w:left="567"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>簡述數據的可靠性和再現性（如重複實驗次數或誤差範圍）。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="498EF8E1" w14:textId="77777777" w:rsidR="002E61B8" w:rsidRDefault="002E61B8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="480"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CEEB9C4" w14:textId="6E9EDCB3" w:rsidR="002E61B8" w:rsidRDefault="007578E8" w:rsidP="00671B22">
       <w:pPr>
         <w:pStyle w:val="1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="63" w:name="_Toc196045230"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="65" w:name="_Toc196060460"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc196055251"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc196060463"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="66" w:name="_Toc201854519"/>
-[...4 lines deleted...]
-        <w:t>結果</w:t>
+      <w:bookmarkStart w:id="65" w:name="_Toc218005160"/>
+      <w:r w:rsidR="0058465B" w:rsidRPr="0058465B">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>討論</w:t>
       </w:r>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
-      <w:bookmarkEnd w:id="66"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="30E4DA4F" w14:textId="43C3C3C8" w:rsidR="00EA6577" w:rsidRDefault="00DA7726" w:rsidP="004F53A1">
+    </w:p>
+    <w:p w14:paraId="26F71AAD" w14:textId="1AA894F0" w:rsidR="00EA6577" w:rsidRDefault="002E61B8" w:rsidP="004F53A1">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> MACROBUTTON MTEditEquationSection2 </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00DA7726">
         <w:rPr>
           <w:rStyle w:val="MTEquationSection"/>
         </w:rPr>
         <w:instrText>Equation Chapter (Next) Section 1</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ MTEqn \r \h \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ MTSec \r 1 \h \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ MTChap \h \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="0080058D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002E61B8">
-[...314 lines deleted...]
-      </w:r>
       <w:r w:rsidR="0058465B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>本章旨在分析與解釋結果，探討其學術與實務意義，並與文獻比較，</w:t>
-[...13 lines deleted...]
-        <w:t>顯研究的價值。</w:t>
+        <w:t>本章旨在分析與解釋結果，探討其學術與實務意義，並與文獻比較，凸顯研究的價值。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70C7208F" w14:textId="647544DD" w:rsidR="002E61B8" w:rsidRDefault="002E61B8" w:rsidP="007105D3">
       <w:pPr>
         <w:pStyle w:val="21"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="82" w:name="_Toc196045236"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="85" w:name="_Toc201854523"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc196045236"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc196055252"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc196060464"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc218005161"/>
       <w:r w:rsidRPr="002E61B8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>內容要素</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="82"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="85"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkEnd w:id="69"/>
     </w:p>
     <w:p w14:paraId="2238F341" w14:textId="77777777" w:rsidR="00184AFD" w:rsidRPr="00804AA1" w:rsidRDefault="0058465B" w:rsidP="00C00F35">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>結果解釋：闡述結果的科學或實務意義，回答研究問題。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DD8CE44" w14:textId="77777777" w:rsidR="00184AFD" w:rsidRPr="008C4475" w:rsidRDefault="0058465B" w:rsidP="00C00F35">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
@@ -9465,75 +7731,75 @@
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>未來方向：提出後續研</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>究或應用的具體建議。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B61EF18" w14:textId="012BDBFA" w:rsidR="002E61B8" w:rsidRDefault="002E61B8" w:rsidP="007105D3">
       <w:pPr>
         <w:pStyle w:val="21"/>
       </w:pPr>
-      <w:bookmarkStart w:id="86" w:name="_Toc196045237"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="89" w:name="_Toc201854524"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc196045237"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc196055253"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc196060465"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc218005162"/>
       <w:r w:rsidRPr="002E61B8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>撰寫建議</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="86"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="89"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkEnd w:id="73"/>
     </w:p>
     <w:p w14:paraId="371E421D" w14:textId="77777777" w:rsidR="00184AFD" w:rsidRPr="00804AA1" w:rsidRDefault="0058465B" w:rsidP="00C00F35">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
-      <w:bookmarkStart w:id="90" w:name="_Toc196045240"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc196045240"/>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>結構化討論，先解釋結果，再比較文獻，最後談影響與局限。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EDB1693" w14:textId="77777777" w:rsidR="00184AFD" w:rsidRPr="00804AA1" w:rsidRDefault="0058465B" w:rsidP="00C00F35">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>避免誇大成果，保持客觀與科學態度。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55FDB62E" w14:textId="77777777" w:rsidR="00184AFD" w:rsidRPr="00804AA1" w:rsidRDefault="0058465B" w:rsidP="00C00F35">
       <w:pPr>
@@ -9544,84 +7810,84 @@
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>用具體數據或文獻支持論點，增強說服力。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0142E612" w14:textId="77777777" w:rsidR="007977AD" w:rsidRPr="00804AA1" w:rsidRDefault="0058465B" w:rsidP="00C00F35">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>若不知如何開始，可先列出結果與研究問題的對應關係，再展開分析。</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="90"/>
+      <w:bookmarkEnd w:id="74"/>
     </w:p>
     <w:p w14:paraId="7E80EE77" w14:textId="77777777" w:rsidR="002E61B8" w:rsidRDefault="002E61B8" w:rsidP="002E61B8">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="334958B3" w14:textId="77777777" w:rsidR="002E61B8" w:rsidRDefault="002E61B8" w:rsidP="002E61B8">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FDC87A6" w14:textId="246FC32A" w:rsidR="002E61B8" w:rsidRDefault="007578E8" w:rsidP="00671B22">
       <w:pPr>
         <w:pStyle w:val="1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="91" w:name="_Toc196055254"/>
-      <w:bookmarkStart w:id="92" w:name="_Toc196060466"/>
+      <w:bookmarkStart w:id="75" w:name="_Toc196055254"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc196060466"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="93" w:name="_Toc201854525"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc218005163"/>
       <w:r w:rsidR="0058465B" w:rsidRPr="0058465B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>結論</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="91"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="6A4C9CC1" w14:textId="4A47F216" w:rsidR="0058465B" w:rsidRDefault="002E61B8" w:rsidP="0058465B">
+      <w:bookmarkEnd w:id="75"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkEnd w:id="77"/>
+    </w:p>
+    <w:p w14:paraId="6A4C9CC1" w14:textId="7FA9B9F2" w:rsidR="0058465B" w:rsidRDefault="002E61B8" w:rsidP="0058465B">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> MACROBUTTON MTEditEquationSection2 </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00DA7726">
         <w:rPr>
           <w:rStyle w:val="MTEquationSection"/>
         </w:rPr>
         <w:instrText>Equation Chapter (Next) Section 1</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ MTEqn \r \h \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
@@ -9638,64 +7904,64 @@
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ MTChap \h \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="0058465B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>結論章節為全文的收斂，旨在重申研究動機與核心發現，總結貢獻，強化論文影響力，避免重複前文措辭。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B01B4DC" w14:textId="37C94F1E" w:rsidR="002E61B8" w:rsidRDefault="002E61B8" w:rsidP="007105D3">
       <w:pPr>
         <w:pStyle w:val="21"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="94" w:name="_Toc196045246"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="97" w:name="_Toc201854526"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc196045246"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc196055255"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc196060467"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc218005164"/>
       <w:r w:rsidRPr="002E61B8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>內容要素</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="94"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="97"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:bookmarkEnd w:id="81"/>
     </w:p>
     <w:p w14:paraId="2B842009" w14:textId="77777777" w:rsidR="007977AD" w:rsidRDefault="0058465B" w:rsidP="00C00F35">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>重述研究目標與主要結果，強調其重要性。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06CDB105" w14:textId="77777777" w:rsidR="00B67F4F" w:rsidRDefault="0058465B" w:rsidP="00C00F35">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
@@ -9705,64 +7971,64 @@
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>總結研究對學術或實務的貢獻。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C0CC5B1" w14:textId="77777777" w:rsidR="002E61B8" w:rsidRDefault="0058465B" w:rsidP="00C00F35">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>提出未來研究的具體建議或應用方向。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3891AEE4" w14:textId="544A430A" w:rsidR="002E61B8" w:rsidRPr="007977AD" w:rsidRDefault="002E61B8" w:rsidP="007105D3">
       <w:pPr>
         <w:pStyle w:val="21"/>
       </w:pPr>
-      <w:bookmarkStart w:id="98" w:name="_Toc196045247"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="101" w:name="_Toc201854527"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc196045247"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc196055256"/>
+      <w:bookmarkStart w:id="84" w:name="_Toc196060468"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc218005165"/>
       <w:r w:rsidRPr="007977AD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>撰寫建議</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="98"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="101"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkEnd w:id="85"/>
     </w:p>
     <w:p w14:paraId="4E162A88" w14:textId="77777777" w:rsidR="00BF52A7" w:rsidRPr="00804AA1" w:rsidRDefault="0058465B" w:rsidP="00C00F35">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>語</w:t>
       </w:r>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>言簡潔有力，突出研究價值。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C380B7F" w14:textId="77777777" w:rsidR="007977AD" w:rsidRPr="00804AA1" w:rsidRDefault="0058465B" w:rsidP="00C00F35">
       <w:pPr>
@@ -9815,68 +8081,68 @@
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>學術發展的潛在作用。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B3BBB05" w14:textId="77777777" w:rsidR="0058465B" w:rsidRDefault="0058465B">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="480"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F55DBE7" w14:textId="54B0FF75" w:rsidR="0080058D" w:rsidRDefault="0080058D" w:rsidP="00671B22">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="289"/>
       </w:pPr>
-      <w:bookmarkStart w:id="102" w:name="_Toc196045250"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="105" w:name="_Toc201854528"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc196045250"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc196055258"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc196060470"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc218005166"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="007578E8">
         <w:t>eferences</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="102"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="105"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:bookmarkEnd w:id="89"/>
     </w:p>
     <w:p w14:paraId="3BE1E7E3" w14:textId="77777777" w:rsidR="0058465B" w:rsidRDefault="0058465B" w:rsidP="0058465B">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>參考文獻列出所有引用來源，展現研究的學術基礎與誠信。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14B4AA3E" w14:textId="57E88136" w:rsidR="0058465B" w:rsidRPr="00144608" w:rsidRDefault="0058465B" w:rsidP="00831865">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:rPr>
           <w:rStyle w:val="afff0"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00144608">
         <w:rPr>
           <w:rStyle w:val="afff0"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
@@ -9896,387 +8162,291 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>優先引用原始、相</w:t>
       </w:r>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>關性高、權威的期刊論文</w:t>
       </w:r>
       <w:r w:rsidR="009860DE" w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，數量適中</w:t>
       </w:r>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32F9450E" w14:textId="77777777" w:rsidR="00B67F4F" w:rsidRPr="00804AA1" w:rsidRDefault="0058465B" w:rsidP="00C00F35">
+    <w:p w14:paraId="1FDB013B" w14:textId="55849A25" w:rsidR="0058465B" w:rsidRDefault="0058465B" w:rsidP="00C00F35">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>避免引用會議論文（因結果不完整）、網站（連結可能失效）或書籍（非最新研究）。</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1FDB013B" w14:textId="77777777" w:rsidR="0058465B" w:rsidRDefault="0058465B" w:rsidP="00C00F35">
+        <w:t>遵循指定格式（如</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00804AA1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>APA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00804AA1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00804AA1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ML</w:t>
+      </w:r>
+      <w:r w:rsidR="00490C1A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00804AA1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00804AA1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chicago, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00804AA1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>或相同領域專業期刊的格式，如</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00804AA1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>IEEE Reference Style</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00804AA1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>），確保一致性</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="179CB6E5" w14:textId="4D151BF7" w:rsidR="0058465B" w:rsidRPr="00144608" w:rsidRDefault="0058465B" w:rsidP="00831865">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00144608">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>撰寫建議</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72212FED" w14:textId="77777777" w:rsidR="00B67F4F" w:rsidRPr="00804AA1" w:rsidRDefault="0058465B" w:rsidP="00C00F35">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>使用參考文</w:t>
+      </w:r>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>遵循指定格式（如</w:t>
+        <w:t>獻管理工具（如</w:t>
       </w:r>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>APA</w:t>
+        <w:t>EndNote</w:t>
       </w:r>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>ML</w:t>
+        <w:t>Zotero</w:t>
       </w:r>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>、</w:t>
-[...43 lines deleted...]
-    <w:p w14:paraId="72212FED" w14:textId="77777777" w:rsidR="00B67F4F" w:rsidRPr="00804AA1" w:rsidRDefault="0058465B" w:rsidP="00C00F35">
+        <w:t>）整理文獻，減少錯誤。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E3894E6" w14:textId="77777777" w:rsidR="00B67F4F" w:rsidRPr="00804AA1" w:rsidRDefault="0058465B" w:rsidP="00C00F35">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>獻管理工具（如</w:t>
-[...26 lines deleted...]
-    <w:p w14:paraId="7E3894E6" w14:textId="77777777" w:rsidR="00B67F4F" w:rsidRPr="00804AA1" w:rsidRDefault="0058465B" w:rsidP="00C00F35">
+        <w:t>具備篩選能力，選擇相關性高且重要的文獻，去蕪存菁，數量適中（過多顯得缺乏判斷力，過少則顯基礎不足）。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BB53ADB" w14:textId="77777777" w:rsidR="00B67F4F" w:rsidRPr="00804AA1" w:rsidRDefault="0058465B" w:rsidP="00C00F35">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>具備篩選能力，選擇相關性高且重要的文獻，去蕪存菁，數量適中（過多顯得缺乏判斷力，過少則顯基礎不足）。</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5BB53ADB" w14:textId="77777777" w:rsidR="00B67F4F" w:rsidRPr="00804AA1" w:rsidRDefault="0058465B" w:rsidP="00C00F35">
+        <w:t>確保正文引用與參考文獻清單一致。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="529FD4C6" w14:textId="77777777" w:rsidR="00B67F4F" w:rsidRPr="00804AA1" w:rsidRDefault="0058465B" w:rsidP="00C00F35">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>確保正文引用與參考文獻清單一致。</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="529FD4C6" w14:textId="77777777" w:rsidR="00B67F4F" w:rsidRPr="00804AA1" w:rsidRDefault="0058465B" w:rsidP="00C00F35">
+        <w:t>定期檢查引用的文獻是否為最新版本，特別是快速發展的領域。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B29B60" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00804AA1" w:rsidRDefault="0058465B" w:rsidP="00C00F35">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00804AA1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>定期檢查引用的文獻是否為最新版本，特別是快速發展的領域。</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>嚴禁自我抄襲或重複使用先前作品的文獻清單，需針對本研究重新篩選。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56FF9DD8" w14:textId="77777777" w:rsidR="00EB0F1D" w:rsidRDefault="00EB0F1D">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27575DDB" w14:textId="1717B9E6" w:rsidR="00EB0F1D" w:rsidRDefault="007578E8">
+    <w:p w14:paraId="36979766" w14:textId="5C855389" w:rsidR="0080058D" w:rsidRDefault="0080058D">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
-      <w:r>
-[...84 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="246DAAD4" w14:textId="5C2EF25D" w:rsidR="00F12000" w:rsidRDefault="00F12000">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="637728E8" w14:textId="77777777" w:rsidR="00F12000" w:rsidRDefault="00F12000" w:rsidP="00671B22">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="289"/>
       </w:pPr>
-      <w:bookmarkStart w:id="106" w:name="_Toc201854529"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc218005167"/>
       <w:r w:rsidRPr="007977AD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>附錄</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="106"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6D693D0C" w14:textId="2018EC18" w:rsidR="00F12000" w:rsidRDefault="00F12000" w:rsidP="00F12000">
+      <w:bookmarkEnd w:id="90"/>
+    </w:p>
+    <w:p w14:paraId="6D693D0C" w14:textId="05A32913" w:rsidR="00F12000" w:rsidRDefault="00F12000" w:rsidP="00F12000">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> MACROBUTTON MTEditEquationSection2 </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00DA7726">
         <w:rPr>
           <w:rStyle w:val="MTEquationSection"/>
         </w:rPr>
         <w:instrText>Equation Chapter (Next) Section 1</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ MTEqn \r \h \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
@@ -10405,76 +8575,76 @@
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:leftChars="114" w:left="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00B67F4F">
         <w:t>確保資料已去識別化，特別是涉及人體試驗或敏感數據。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1014AE88" w14:textId="77777777" w:rsidR="00F12000" w:rsidRPr="00F12000" w:rsidRDefault="00F12000">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F12000" w:rsidRPr="00F12000" w:rsidSect="00671B22">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1701" w:bottom="1418" w:left="1701" w:header="851" w:footer="607" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="425"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63206540" w14:textId="77777777" w:rsidR="005B16D9" w:rsidRDefault="005B16D9">
+    <w:p w14:paraId="0DD75EF3" w14:textId="77777777" w:rsidR="003B4779" w:rsidRDefault="003B4779">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64A6B3DD" w14:textId="77777777" w:rsidR="005B16D9" w:rsidRDefault="005B16D9">
+    <w:p w14:paraId="47079233" w14:textId="77777777" w:rsidR="003B4779" w:rsidRDefault="003B4779">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -10507,191 +8677,191 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="細明體">
     <w:altName w:val="MingLiU"/>
     <w:panose1 w:val="02020509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7767EA32" w14:textId="77777777" w:rsidR="00BE7E84" w:rsidRDefault="00BE7E84">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:ind w:firstLine="400"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="07240FBB" w14:textId="77777777" w:rsidR="0057684B" w:rsidRPr="00936741" w:rsidRDefault="0057684B" w:rsidP="00AC4CA4">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:ind w:firstLineChars="0" w:firstLine="0"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="52E42C36" w14:textId="77777777" w:rsidR="00BE7E84" w:rsidRDefault="00BE7E84">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:ind w:firstLine="400"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-752896649"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="7F060259" w14:textId="1DBFAF98" w:rsidR="00770145" w:rsidRDefault="00770145">
         <w:pPr>
           <w:pStyle w:val="a8"/>
           <w:ind w:firstLine="400"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00C53EC6" w:rsidRPr="00C53EC6">
           <w:rPr>
             <w:noProof/>
             <w:lang w:val="zh-TW"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="249519D4" w14:textId="77777777" w:rsidR="00770145" w:rsidRPr="00936741" w:rsidRDefault="00770145" w:rsidP="00AC4CA4">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:ind w:firstLineChars="0" w:firstLine="0"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="415CBD85" w14:textId="77777777" w:rsidR="005B16D9" w:rsidRDefault="005B16D9">
+    <w:p w14:paraId="40DEDF11" w14:textId="77777777" w:rsidR="003B4779" w:rsidRDefault="003B4779">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="211E9088" w14:textId="77777777" w:rsidR="005B16D9" w:rsidRDefault="005B16D9">
+    <w:p w14:paraId="12DF9656" w14:textId="77777777" w:rsidR="003B4779" w:rsidRDefault="003B4779">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0FB5F77F" w14:textId="77777777" w:rsidR="00BE7E84" w:rsidRDefault="00BE7E84">
     <w:pPr>
       <w:pStyle w:val="af8"/>
       <w:ind w:firstLine="400"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="249E1491" w14:textId="77777777" w:rsidR="00BE7E84" w:rsidRDefault="00BE7E84">
     <w:pPr>
       <w:pStyle w:val="af8"/>
       <w:ind w:firstLine="400"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="713918DF" w14:textId="77777777" w:rsidR="00BE7E84" w:rsidRDefault="00BE7E84">
     <w:pPr>
       <w:pStyle w:val="af8"/>
       <w:ind w:firstLine="400"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="23DC0ED6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2280"/>
         </w:tabs>
         <w:ind w:left="2280" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C59C6CC0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -14163,915 +12333,969 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4318" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4798" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="819618051">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="867260012">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1065489404">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1097483813">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="405149084">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1088305054">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1505977515">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="197400473">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1580166327">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1308512855">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="2054649963">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="900942261">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1374621407">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="84572087">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1258949186">
     <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="3"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1383483927">
     <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="4"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1598829018">
     <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="5"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="584606726">
     <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="197357603">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="151064092">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1239439107">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1777561288">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1665280995">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="722486925">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="156462705">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="229775123">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="488059727">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1733308009">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="261836821">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="831289268">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="887958032">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="1802578160">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1299729636">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="303242392">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="919757040">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="770472949">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="1861428525">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="1391684714">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="376438858">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="988703627">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="1527518164">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="687558679">
     <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="43">
+  <w:num w:numId="43" w16cid:durableId="1832597712">
     <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="44">
+  <w:num w:numId="44" w16cid:durableId="1943026018">
     <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="45">
+  <w:num w:numId="45" w16cid:durableId="2116637195">
     <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="46">
+  <w:num w:numId="46" w16cid:durableId="1516765940">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="47">
+  <w:num w:numId="47" w16cid:durableId="1677875979">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="48">
+  <w:num w:numId="48" w16cid:durableId="830439181">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="18"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:linkStyles/>
   <w:stylePaneFormatFilter w:val="3B01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="482"/>
   <w:drawingGridHorizontalSpacing w:val="243"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:suppressBottomSpacing/>
     <w:suppressTopSpacing/>
     <w:adjustLineHeightInTable/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDa2sDQ1sjQ1MDI3MTY3MjRW0lEKTi0uzszPAykwNKkFADoLacgtAAAA"/>
     <w:docVar w:name="EN.InstantFormat" w:val="&lt;ENInstantFormat&gt;&lt;Enabled&gt;1&lt;/Enabled&gt;&lt;ScanUnformatted&gt;1&lt;/ScanUnformatted&gt;&lt;ScanChanges&gt;1&lt;/ScanChanges&gt;&lt;Suspended&gt;0&lt;/Suspended&gt;&lt;/ENInstantFormat&gt;"/>
     <w:docVar w:name="EN.Layout" w:val="&lt;ENLayout&gt;&lt;Style&gt;IEEE&lt;/Style&gt;&lt;LeftDelim&gt;{&lt;/LeftDelim&gt;&lt;RightDelim&gt;}&lt;/RightDelim&gt;&lt;FontName&gt;Times New Roman&lt;/FontName&gt;&lt;FontSize&gt;12&lt;/FontSize&gt;&lt;ReflistTitle&gt;&lt;/ReflistTitle&gt;&lt;StartingRefnum&gt;1&lt;/StartingRefnum&gt;&lt;FirstLineIndent&gt;0&lt;/FirstLineIndent&gt;&lt;HangingIndent&gt;720&lt;/HangingIndent&gt;&lt;LineSpacing&gt;0&lt;/LineSpacing&gt;&lt;SpaceAfter&gt;0&lt;/SpaceAfter&gt;&lt;HyperlinksEnabled&gt;0&lt;/HyperlinksEnabled&gt;&lt;HyperlinksVisible&gt;0&lt;/HyperlinksVisible&gt;&lt;EnableBibliographyCategories&gt;0&lt;/EnableBibliographyCategories&gt;&lt;/ENLayout&gt;"/>
     <w:docVar w:name="EN.Libraries" w:val="&lt;Libraries&gt;&lt;item db-id=&quot;9x2td9p2tv2s22eppzf592swpwz29559adw5&quot;&gt;My EndNote Library Copy&lt;record-ids&gt;&lt;item&gt;2532&lt;/item&gt;&lt;item&gt;2533&lt;/item&gt;&lt;/record-ids&gt;&lt;/item&gt;&lt;/Libraries&gt;"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="0080058D"/>
     <w:rsid w:val="000038B4"/>
     <w:rsid w:val="000147CF"/>
+    <w:rsid w:val="0001739E"/>
     <w:rsid w:val="00024556"/>
     <w:rsid w:val="00027C99"/>
+    <w:rsid w:val="00034167"/>
     <w:rsid w:val="0004090D"/>
     <w:rsid w:val="00060359"/>
     <w:rsid w:val="000630A5"/>
     <w:rsid w:val="000709D5"/>
     <w:rsid w:val="0007221E"/>
     <w:rsid w:val="00073B57"/>
     <w:rsid w:val="00080A40"/>
     <w:rsid w:val="000A69F6"/>
     <w:rsid w:val="000C23D5"/>
     <w:rsid w:val="000D1A8A"/>
     <w:rsid w:val="000E04C1"/>
     <w:rsid w:val="000F47B1"/>
+    <w:rsid w:val="000F7411"/>
     <w:rsid w:val="00101884"/>
     <w:rsid w:val="00103960"/>
     <w:rsid w:val="00105636"/>
     <w:rsid w:val="00107F53"/>
     <w:rsid w:val="001101BB"/>
     <w:rsid w:val="001360FE"/>
     <w:rsid w:val="00144608"/>
     <w:rsid w:val="00157341"/>
     <w:rsid w:val="00161442"/>
     <w:rsid w:val="00167387"/>
+    <w:rsid w:val="0016792B"/>
     <w:rsid w:val="0017510C"/>
     <w:rsid w:val="001829E1"/>
     <w:rsid w:val="00184AFD"/>
     <w:rsid w:val="00191126"/>
     <w:rsid w:val="0019380F"/>
     <w:rsid w:val="00194D57"/>
     <w:rsid w:val="00195DB0"/>
     <w:rsid w:val="001978C2"/>
     <w:rsid w:val="00197EA1"/>
     <w:rsid w:val="001D16D8"/>
     <w:rsid w:val="001E6588"/>
     <w:rsid w:val="001F14EE"/>
     <w:rsid w:val="001F5D72"/>
     <w:rsid w:val="00203C4C"/>
     <w:rsid w:val="00214F09"/>
     <w:rsid w:val="0021681F"/>
+    <w:rsid w:val="002342D7"/>
     <w:rsid w:val="002650D3"/>
     <w:rsid w:val="002702D7"/>
     <w:rsid w:val="0027325D"/>
     <w:rsid w:val="002776D4"/>
     <w:rsid w:val="00282612"/>
     <w:rsid w:val="00284C1D"/>
+    <w:rsid w:val="00286AA7"/>
     <w:rsid w:val="00290A23"/>
     <w:rsid w:val="002950DF"/>
     <w:rsid w:val="002A2294"/>
     <w:rsid w:val="002B7C59"/>
     <w:rsid w:val="002B7FE8"/>
     <w:rsid w:val="002E21FE"/>
     <w:rsid w:val="002E3A18"/>
     <w:rsid w:val="002E61B8"/>
+    <w:rsid w:val="002F43B6"/>
     <w:rsid w:val="003108E7"/>
     <w:rsid w:val="00314EFA"/>
     <w:rsid w:val="0031514F"/>
     <w:rsid w:val="0031772C"/>
+    <w:rsid w:val="003177A9"/>
+    <w:rsid w:val="00317865"/>
     <w:rsid w:val="00321E61"/>
     <w:rsid w:val="003272DC"/>
     <w:rsid w:val="0032748F"/>
     <w:rsid w:val="00340FD4"/>
     <w:rsid w:val="003439AA"/>
     <w:rsid w:val="003542E9"/>
     <w:rsid w:val="00367161"/>
     <w:rsid w:val="003867F0"/>
     <w:rsid w:val="00395F30"/>
+    <w:rsid w:val="003B4779"/>
     <w:rsid w:val="003D03BD"/>
+    <w:rsid w:val="003D7AEA"/>
     <w:rsid w:val="00404431"/>
+    <w:rsid w:val="004122BD"/>
     <w:rsid w:val="00425C0B"/>
     <w:rsid w:val="00426A78"/>
+    <w:rsid w:val="00426CAA"/>
     <w:rsid w:val="00442EBD"/>
     <w:rsid w:val="00445227"/>
+    <w:rsid w:val="00445270"/>
     <w:rsid w:val="004502EC"/>
     <w:rsid w:val="0045542C"/>
     <w:rsid w:val="004568B8"/>
     <w:rsid w:val="00470357"/>
     <w:rsid w:val="00470445"/>
+    <w:rsid w:val="00471B27"/>
     <w:rsid w:val="00473E1B"/>
+    <w:rsid w:val="00490C1A"/>
     <w:rsid w:val="00491491"/>
     <w:rsid w:val="00491C6D"/>
     <w:rsid w:val="004947B2"/>
     <w:rsid w:val="004A0411"/>
     <w:rsid w:val="004D36AF"/>
     <w:rsid w:val="004D6CC0"/>
     <w:rsid w:val="004E050F"/>
     <w:rsid w:val="004E0583"/>
     <w:rsid w:val="004E111C"/>
     <w:rsid w:val="004E72CD"/>
+    <w:rsid w:val="004F28D0"/>
     <w:rsid w:val="004F53A1"/>
     <w:rsid w:val="00504799"/>
     <w:rsid w:val="00514E4A"/>
     <w:rsid w:val="00517000"/>
     <w:rsid w:val="00524CDA"/>
     <w:rsid w:val="00525571"/>
     <w:rsid w:val="00530E67"/>
     <w:rsid w:val="00534E2D"/>
     <w:rsid w:val="005463F1"/>
     <w:rsid w:val="0055689F"/>
     <w:rsid w:val="00570C92"/>
     <w:rsid w:val="00575180"/>
+    <w:rsid w:val="00576597"/>
     <w:rsid w:val="0057684B"/>
     <w:rsid w:val="0058465B"/>
+    <w:rsid w:val="00584BE2"/>
+    <w:rsid w:val="005A7012"/>
     <w:rsid w:val="005B16D9"/>
     <w:rsid w:val="005B1C84"/>
     <w:rsid w:val="005C44EE"/>
     <w:rsid w:val="005C4A74"/>
+    <w:rsid w:val="005C69E4"/>
     <w:rsid w:val="005D7FF4"/>
     <w:rsid w:val="005E2B8F"/>
     <w:rsid w:val="005E4B83"/>
     <w:rsid w:val="005E58AF"/>
     <w:rsid w:val="005F28A1"/>
     <w:rsid w:val="00603007"/>
+    <w:rsid w:val="006215AC"/>
     <w:rsid w:val="00622CA4"/>
     <w:rsid w:val="00624CF0"/>
     <w:rsid w:val="00630E2B"/>
     <w:rsid w:val="00637CB7"/>
     <w:rsid w:val="0064073D"/>
     <w:rsid w:val="0065318F"/>
     <w:rsid w:val="00655CF0"/>
     <w:rsid w:val="00671B22"/>
     <w:rsid w:val="00675AFE"/>
+    <w:rsid w:val="00676507"/>
     <w:rsid w:val="00681AAF"/>
     <w:rsid w:val="0069158C"/>
     <w:rsid w:val="006A7559"/>
     <w:rsid w:val="006C2C8A"/>
     <w:rsid w:val="006D4D7C"/>
     <w:rsid w:val="006E23FC"/>
     <w:rsid w:val="006E7F2B"/>
     <w:rsid w:val="006F368E"/>
     <w:rsid w:val="006F59B0"/>
     <w:rsid w:val="0070564A"/>
+    <w:rsid w:val="0070646F"/>
     <w:rsid w:val="007066A0"/>
     <w:rsid w:val="0070707E"/>
     <w:rsid w:val="007105D3"/>
     <w:rsid w:val="00713169"/>
+    <w:rsid w:val="007173FA"/>
+    <w:rsid w:val="0072235D"/>
     <w:rsid w:val="007409B3"/>
     <w:rsid w:val="00745646"/>
     <w:rsid w:val="00746F24"/>
     <w:rsid w:val="007578E8"/>
     <w:rsid w:val="00770145"/>
+    <w:rsid w:val="007772FE"/>
+    <w:rsid w:val="00777606"/>
     <w:rsid w:val="00781156"/>
+    <w:rsid w:val="00787F3B"/>
     <w:rsid w:val="007977AD"/>
     <w:rsid w:val="007B74EE"/>
     <w:rsid w:val="007C023B"/>
     <w:rsid w:val="007C702A"/>
     <w:rsid w:val="007D1368"/>
     <w:rsid w:val="007D38E2"/>
     <w:rsid w:val="007D4818"/>
     <w:rsid w:val="0080058D"/>
     <w:rsid w:val="00804819"/>
     <w:rsid w:val="00804AA1"/>
     <w:rsid w:val="008055AA"/>
     <w:rsid w:val="008119C7"/>
     <w:rsid w:val="008179A5"/>
     <w:rsid w:val="008304B2"/>
     <w:rsid w:val="008306E6"/>
     <w:rsid w:val="00831865"/>
     <w:rsid w:val="008477BD"/>
     <w:rsid w:val="00851DF9"/>
     <w:rsid w:val="00865C42"/>
     <w:rsid w:val="00874E74"/>
+    <w:rsid w:val="008801F3"/>
     <w:rsid w:val="00887F8E"/>
     <w:rsid w:val="00895BAF"/>
     <w:rsid w:val="008A136F"/>
     <w:rsid w:val="008A382D"/>
     <w:rsid w:val="008A7449"/>
     <w:rsid w:val="008B2391"/>
     <w:rsid w:val="008B23F7"/>
     <w:rsid w:val="008C081B"/>
     <w:rsid w:val="008C4475"/>
     <w:rsid w:val="008C5182"/>
     <w:rsid w:val="008D2626"/>
     <w:rsid w:val="008D4E63"/>
     <w:rsid w:val="009023AE"/>
     <w:rsid w:val="00902BDA"/>
     <w:rsid w:val="00903470"/>
     <w:rsid w:val="0090374A"/>
     <w:rsid w:val="009039DE"/>
     <w:rsid w:val="00912377"/>
     <w:rsid w:val="00913A00"/>
+    <w:rsid w:val="009150C4"/>
+    <w:rsid w:val="00923C9B"/>
     <w:rsid w:val="009250B5"/>
     <w:rsid w:val="009329DF"/>
     <w:rsid w:val="00934EF3"/>
     <w:rsid w:val="00936666"/>
     <w:rsid w:val="00936741"/>
     <w:rsid w:val="00941802"/>
     <w:rsid w:val="00944D56"/>
     <w:rsid w:val="0097222B"/>
     <w:rsid w:val="009729CC"/>
     <w:rsid w:val="009731DF"/>
     <w:rsid w:val="009826ED"/>
     <w:rsid w:val="00983E35"/>
     <w:rsid w:val="009860DE"/>
     <w:rsid w:val="009A0070"/>
     <w:rsid w:val="009A3E51"/>
+    <w:rsid w:val="009A7BAA"/>
+    <w:rsid w:val="009B07F6"/>
     <w:rsid w:val="009E610F"/>
     <w:rsid w:val="009F47CA"/>
     <w:rsid w:val="00A16331"/>
     <w:rsid w:val="00A26BFF"/>
     <w:rsid w:val="00A32F02"/>
     <w:rsid w:val="00A444C7"/>
     <w:rsid w:val="00A452E2"/>
     <w:rsid w:val="00A471DB"/>
     <w:rsid w:val="00A57D7D"/>
     <w:rsid w:val="00A605D9"/>
     <w:rsid w:val="00A629D0"/>
     <w:rsid w:val="00A771DE"/>
     <w:rsid w:val="00A91CA1"/>
     <w:rsid w:val="00AA3558"/>
     <w:rsid w:val="00AA5895"/>
+    <w:rsid w:val="00AA628A"/>
     <w:rsid w:val="00AA6CA9"/>
     <w:rsid w:val="00AA7368"/>
     <w:rsid w:val="00AB215C"/>
     <w:rsid w:val="00AC086B"/>
     <w:rsid w:val="00AC0CE3"/>
     <w:rsid w:val="00AC4CA4"/>
     <w:rsid w:val="00AD511F"/>
     <w:rsid w:val="00AD7B2A"/>
     <w:rsid w:val="00AF07FB"/>
     <w:rsid w:val="00AF7F90"/>
     <w:rsid w:val="00B01C59"/>
     <w:rsid w:val="00B02DE7"/>
     <w:rsid w:val="00B13A69"/>
     <w:rsid w:val="00B31311"/>
     <w:rsid w:val="00B50D74"/>
     <w:rsid w:val="00B65D1A"/>
     <w:rsid w:val="00B67F4F"/>
     <w:rsid w:val="00B72199"/>
     <w:rsid w:val="00B86757"/>
     <w:rsid w:val="00B93A3E"/>
     <w:rsid w:val="00BA0140"/>
     <w:rsid w:val="00BA10B2"/>
     <w:rsid w:val="00BC0215"/>
     <w:rsid w:val="00BC0ED9"/>
     <w:rsid w:val="00BD2E5F"/>
     <w:rsid w:val="00BE7E84"/>
     <w:rsid w:val="00BF471C"/>
     <w:rsid w:val="00BF52A7"/>
     <w:rsid w:val="00C00353"/>
     <w:rsid w:val="00C0049A"/>
     <w:rsid w:val="00C00F35"/>
     <w:rsid w:val="00C04551"/>
     <w:rsid w:val="00C164C6"/>
     <w:rsid w:val="00C202B7"/>
     <w:rsid w:val="00C203CC"/>
     <w:rsid w:val="00C24A51"/>
+    <w:rsid w:val="00C26BC9"/>
     <w:rsid w:val="00C32972"/>
     <w:rsid w:val="00C4150D"/>
     <w:rsid w:val="00C53EC6"/>
     <w:rsid w:val="00C544AA"/>
     <w:rsid w:val="00C72031"/>
     <w:rsid w:val="00C83A24"/>
     <w:rsid w:val="00CA40D3"/>
     <w:rsid w:val="00CA6FF4"/>
+    <w:rsid w:val="00CA7F1C"/>
     <w:rsid w:val="00CB6578"/>
     <w:rsid w:val="00CC7EFC"/>
     <w:rsid w:val="00CD5672"/>
     <w:rsid w:val="00CE2537"/>
     <w:rsid w:val="00CF3102"/>
     <w:rsid w:val="00CF4704"/>
     <w:rsid w:val="00CF71D4"/>
     <w:rsid w:val="00D046BA"/>
     <w:rsid w:val="00D119D3"/>
     <w:rsid w:val="00D11AB8"/>
+    <w:rsid w:val="00D146D6"/>
     <w:rsid w:val="00D1535F"/>
     <w:rsid w:val="00D20517"/>
     <w:rsid w:val="00D21FD2"/>
     <w:rsid w:val="00D24461"/>
     <w:rsid w:val="00D25154"/>
     <w:rsid w:val="00D318EB"/>
     <w:rsid w:val="00D31CAD"/>
     <w:rsid w:val="00D442DB"/>
     <w:rsid w:val="00D44AAC"/>
+    <w:rsid w:val="00D47662"/>
     <w:rsid w:val="00D51F3F"/>
+    <w:rsid w:val="00D674CA"/>
     <w:rsid w:val="00D836BE"/>
     <w:rsid w:val="00D9030D"/>
+    <w:rsid w:val="00D9510C"/>
     <w:rsid w:val="00DA7726"/>
     <w:rsid w:val="00DB3B4B"/>
     <w:rsid w:val="00DC6A03"/>
     <w:rsid w:val="00DC7687"/>
     <w:rsid w:val="00DD60A6"/>
     <w:rsid w:val="00DE0030"/>
     <w:rsid w:val="00DE6976"/>
+    <w:rsid w:val="00DF13DB"/>
     <w:rsid w:val="00DF409E"/>
     <w:rsid w:val="00DF4B9A"/>
     <w:rsid w:val="00DF52CD"/>
     <w:rsid w:val="00E11A12"/>
     <w:rsid w:val="00E22803"/>
     <w:rsid w:val="00E2319D"/>
     <w:rsid w:val="00E2348B"/>
     <w:rsid w:val="00E26573"/>
     <w:rsid w:val="00E34A12"/>
+    <w:rsid w:val="00E40C48"/>
+    <w:rsid w:val="00E43C34"/>
     <w:rsid w:val="00E529A6"/>
     <w:rsid w:val="00E53143"/>
+    <w:rsid w:val="00E578A2"/>
     <w:rsid w:val="00E771F4"/>
     <w:rsid w:val="00E82199"/>
     <w:rsid w:val="00E91275"/>
     <w:rsid w:val="00E92CA8"/>
     <w:rsid w:val="00E964F6"/>
+    <w:rsid w:val="00E97E1A"/>
     <w:rsid w:val="00EA006B"/>
     <w:rsid w:val="00EA1255"/>
     <w:rsid w:val="00EA6577"/>
     <w:rsid w:val="00EA6926"/>
     <w:rsid w:val="00EB0F1D"/>
     <w:rsid w:val="00EB2A89"/>
     <w:rsid w:val="00EB34BA"/>
     <w:rsid w:val="00EC670E"/>
     <w:rsid w:val="00ED6755"/>
     <w:rsid w:val="00ED694B"/>
     <w:rsid w:val="00EF466C"/>
     <w:rsid w:val="00EF46B1"/>
     <w:rsid w:val="00EF4775"/>
+    <w:rsid w:val="00EF615B"/>
     <w:rsid w:val="00F12000"/>
     <w:rsid w:val="00F128F1"/>
     <w:rsid w:val="00F21BCE"/>
     <w:rsid w:val="00F263DD"/>
     <w:rsid w:val="00F41628"/>
     <w:rsid w:val="00F47D90"/>
+    <w:rsid w:val="00F503FF"/>
     <w:rsid w:val="00F749F2"/>
     <w:rsid w:val="00F761A9"/>
     <w:rsid w:val="00FA0438"/>
     <w:rsid w:val="00FA18ED"/>
     <w:rsid w:val="00FA49A7"/>
     <w:rsid w:val="00FB6898"/>
+    <w:rsid w:val="00FB7C6C"/>
+    <w:rsid w:val="00FC4A83"/>
     <w:rsid w:val="00FC53D6"/>
     <w:rsid w:val="00FD504F"/>
     <w:rsid w:val="00FE6101"/>
     <w:rsid w:val="00FF3C2B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="586BAAFD"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A76D8E40-F8A8-4564-9B0D-6891057C5981}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39" w:qFormat="1"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39" w:qFormat="1"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:uiPriority="99"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
@@ -16805,51 +15029,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="afff1">
     <w:name w:val="Subtle Reference"/>
     <w:basedOn w:val="a3"/>
     <w:uiPriority w:val="31"/>
     <w:qFormat/>
     <w:rsid w:val="00804819"/>
     <w:rPr>
       <w:smallCaps/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="afff2">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="a3"/>
     <w:rsid w:val="00144608"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="51390174">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="121582888">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16908,51 +15132,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1473059017">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="112"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\dslin\Dropbox\nthu%20Library\&#30889;&#21338;&#35542;&#25991;\&#35542;&#25991;&#31684;&#26412;\NTHU_&#20013;&#25991;%20Thesis_Template_MSWord%202025%20V4.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\dslin\Dropbox\nthu%20Library\&#30889;&#21338;&#35542;&#25991;\&#35542;&#25991;&#31684;&#26412;\NTHU_&#20013;&#25991;%20Thesis_Template_MSWord%202025%20V4.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\dslin\Dropbox\nthu%20Library\&#30889;&#21338;&#35542;&#25991;\&#35542;&#25991;&#31684;&#26412;\NTHU_Thesis_Template_MSWord%202025%20Eng1.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -17237,61 +15461,61 @@
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\IEEE2006OfficeOnline.xsl" StyleName="IEEE" Version="2006">
   <b:Source>
     <b:Tag>預留位置1</b:Tag>
     <b:SourceType>ArticleInAPeriodical</b:SourceType>
     <b:Guid>{248564F2-1962-48CF-9890-4238E6C89AC8}</b:Guid>
     <b:RefOrder>1</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AD521C8-1A3D-4CF8-86A6-2AC750FFD85B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>NTHU_Thesis_Template_MSWord 2025 Eng1</Template>
   <TotalTime></TotalTime>
-  <Pages>21</Pages>
-[...1 lines deleted...]
-  <Characters>6885</Characters>
+  <Pages>19</Pages>
+  <Words>2973</Words>
+  <Characters>4253</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>405</Lines>
-  <Paragraphs>395</Paragraphs>
+  <Lines>35</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>NTU</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10687</CharactersWithSpaces>
+  <CharactersWithSpaces>7212</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="360" baseType="variant">
       <vt:variant>
         <vt:i4>1900596</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>724</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.ece.uiuc.edu/pubs/ref_guides/ieee.html</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4063299</vt:i4>
       </vt:variant>
       <vt:variant>